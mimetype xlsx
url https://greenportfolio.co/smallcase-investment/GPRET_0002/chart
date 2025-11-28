--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -4,954 +4,960 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Index Advantage Smart Beta</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-26</t>
-[...833 lines deleted...]
-    <t>301.39</t>
+    <t>2020-04-03</t>
+  </si>
+  <si>
+    <t>92.05</t>
+  </si>
+  <si>
+    <t>93.09</t>
+  </si>
+  <si>
+    <t>2020-04-29</t>
+  </si>
+  <si>
+    <t>106.57</t>
+  </si>
+  <si>
+    <t>109.7</t>
+  </si>
+  <si>
+    <t>2020-05-21</t>
+  </si>
+  <si>
+    <t>106.54</t>
+  </si>
+  <si>
+    <t>105.06</t>
+  </si>
+  <si>
+    <t>2020-06-12</t>
+  </si>
+  <si>
+    <t>117.9</t>
+  </si>
+  <si>
+    <t>114.76</t>
+  </si>
+  <si>
+    <t>2020-07-03</t>
+  </si>
+  <si>
+    <t>122.74</t>
+  </si>
+  <si>
+    <t>121.74</t>
+  </si>
+  <si>
+    <t>2020-07-24</t>
+  </si>
+  <si>
+    <t>127.87</t>
+  </si>
+  <si>
+    <t>127.63</t>
+  </si>
+  <si>
+    <t>2020-08-14</t>
+  </si>
+  <si>
+    <t>131.6</t>
+  </si>
+  <si>
+    <t>128.08</t>
+  </si>
+  <si>
+    <t>2020-09-04</t>
+  </si>
+  <si>
+    <t>135.13</t>
+  </si>
+  <si>
+    <t>129.52</t>
+  </si>
+  <si>
+    <t>2020-09-25</t>
+  </si>
+  <si>
+    <t>130.42</t>
+  </si>
+  <si>
+    <t>126.26</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>140.39</t>
+  </si>
+  <si>
+    <t>135.03</t>
+  </si>
+  <si>
+    <t>2020-11-09</t>
+  </si>
+  <si>
+    <t>148.53</t>
+  </si>
+  <si>
+    <t>141.72</t>
+  </si>
+  <si>
+    <t>2020-12-02</t>
+  </si>
+  <si>
+    <t>160.97</t>
+  </si>
+  <si>
+    <t>149.62</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>166.87</t>
+  </si>
+  <si>
+    <t>155.06</t>
+  </si>
+  <si>
+    <t>2021-01-14</t>
+  </si>
+  <si>
+    <t>180.53</t>
+  </si>
+  <si>
+    <t>166.42</t>
+  </si>
+  <si>
+    <t>2021-02-05</t>
+  </si>
+  <si>
+    <t>184.95</t>
+  </si>
+  <si>
+    <t>169.33</t>
+  </si>
+  <si>
+    <t>2021-02-26</t>
+  </si>
+  <si>
+    <t>177.76</t>
+  </si>
+  <si>
+    <t>165.7</t>
+  </si>
+  <si>
+    <t>2021-03-22</t>
+  </si>
+  <si>
+    <t>182.49</t>
+  </si>
+  <si>
+    <t>167.87</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>187.01</t>
+  </si>
+  <si>
+    <t>166.28</t>
+  </si>
+  <si>
+    <t>2021-05-07</t>
+  </si>
+  <si>
+    <t>194.75</t>
+  </si>
+  <si>
+    <t>169.7</t>
+  </si>
+  <si>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>199.72</t>
+  </si>
+  <si>
+    <t>178.48</t>
+  </si>
+  <si>
+    <t>2021-06-21</t>
+  </si>
+  <si>
+    <t>199.78</t>
+  </si>
+  <si>
+    <t>180.65</t>
+  </si>
+  <si>
+    <t>2021-07-12</t>
+  </si>
+  <si>
+    <t>200.13</t>
+  </si>
+  <si>
+    <t>180.25</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>210.52</t>
+  </si>
+  <si>
+    <t>185.27</t>
+  </si>
+  <si>
+    <t>2021-08-25</t>
+  </si>
+  <si>
+    <t>213.26</t>
+  </si>
+  <si>
+    <t>190.13</t>
+  </si>
+  <si>
+    <t>2021-09-16</t>
+  </si>
+  <si>
+    <t>225.31</t>
+  </si>
+  <si>
+    <t>202.5</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>224.7</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>221.17</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>221.8</t>
+  </si>
+  <si>
+    <t>200.33</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>219.03</t>
+  </si>
+  <si>
+    <t>197.99</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>227.01</t>
+  </si>
+  <si>
+    <t>205.01</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>214.47</t>
+  </si>
+  <si>
+    <t>195.46</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>216.8</t>
+  </si>
+  <si>
+    <t>197.97</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>212.05</t>
+  </si>
+  <si>
+    <t>190.66</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>227.24</t>
+  </si>
+  <si>
+    <t>206.24</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>213.64</t>
+  </si>
+  <si>
+    <t>196.55</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>195.3</t>
+  </si>
+  <si>
+    <t>181.28</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>203.74</t>
+  </si>
+  <si>
+    <t>187.71</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>191.82</t>
+  </si>
+  <si>
+    <t>179.95</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>205.13</t>
+  </si>
+  <si>
+    <t>190.71</t>
+  </si>
+  <si>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>212.13</t>
+  </si>
+  <si>
+    <t>202.85</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>212.69</t>
+  </si>
+  <si>
+    <t>203.7</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>204.57</t>
+  </si>
+  <si>
+    <t>196.19</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>209.28</t>
+  </si>
+  <si>
+    <t>200.59</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>216.43</t>
+  </si>
+  <si>
+    <t>209.76</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>223.41</t>
+  </si>
+  <si>
+    <t>213.14</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>216.73</t>
+  </si>
+  <si>
+    <t>204.86</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>215.78</t>
+  </si>
+  <si>
+    <t>204.18</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>211.74</t>
+  </si>
+  <si>
+    <t>198.48</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>205.28</t>
+  </si>
+  <si>
+    <t>192.99</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>203.28</t>
+  </si>
+  <si>
+    <t>192.34</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>197.82</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>219.51</t>
+  </si>
+  <si>
+    <t>205.27</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>223.53</t>
+  </si>
+  <si>
+    <t>208.29</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>229.21</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>234.77</t>
+  </si>
+  <si>
+    <t>218.08</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>230.44</t>
+  </si>
+  <si>
+    <t>218.15</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
+  </si>
+  <si>
+    <t>230.72</t>
+  </si>
+  <si>
+    <t>216.83</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>242.8</t>
+  </si>
+  <si>
+    <t>227.16</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>238.42</t>
+  </si>
+  <si>
+    <t>221.6</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>229.63</t>
+  </si>
+  <si>
+    <t>213.99</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>242.61</t>
+  </si>
+  <si>
+    <t>223.9</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>260.55</t>
+  </si>
+  <si>
+    <t>243.96</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>259.95</t>
+  </si>
+  <si>
+    <t>245.94</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>260.51</t>
+  </si>
+  <si>
+    <t>246.79</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>272.04</t>
+  </si>
+  <si>
+    <t>256.28</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>269.58</t>
+  </si>
+  <si>
+    <t>253.04</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>277.71</t>
+  </si>
+  <si>
+    <t>262.54</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>279.74</t>
+  </si>
+  <si>
+    <t>264.76</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>287.03</t>
+  </si>
+  <si>
+    <t>270.92</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>294.33</t>
+  </si>
+  <si>
+    <t>276.2</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>304.46</t>
+  </si>
+  <si>
+    <t>286.75</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>311.59</t>
+  </si>
+  <si>
+    <t>292.61</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>308.24</t>
+  </si>
+  <si>
+    <t>291.26</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>318.56</t>
+  </si>
+  <si>
+    <t>295.02</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>325.56</t>
+  </si>
+  <si>
+    <t>303.72</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>309.51</t>
+  </si>
+  <si>
+    <t>286.04</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>302.92</t>
+  </si>
+  <si>
+    <t>275.26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>313.15</t>
+  </si>
+  <si>
+    <t>289.13</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>309.24</t>
+  </si>
+  <si>
+    <t>276.72</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>295.93</t>
+  </si>
+  <si>
+    <t>267.34</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>299.58</t>
+  </si>
+  <si>
+    <t>269.96</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>286.08</t>
+  </si>
+  <si>
+    <t>254.23</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>304.33</t>
+  </si>
+  <si>
+    <t>271.02</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>315.57</t>
+  </si>
+  <si>
+    <t>279.83</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>322.63</t>
+  </si>
+  <si>
+    <t>284.6</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>326.1</t>
+  </si>
+  <si>
+    <t>285.14</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>332.98</t>
+  </si>
+  <si>
+    <t>291.71</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>331.58</t>
+  </si>
+  <si>
+    <t>292.27</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>284.19</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>312.76</t>
+  </si>
+  <si>
+    <t>282.46</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>324.83</t>
+  </si>
+  <si>
+    <t>294.01</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>322.78</t>
+  </si>
+  <si>
+    <t>292.22</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>326.94</t>
+  </si>
+  <si>
+    <t>295.47</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>327.09</t>
+  </si>
+  <si>
+    <t>302.13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D96"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1688,590 +1694,604 @@
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>167</v>
+        <v>127</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D95" s="0" t="s">
+      <c r="B96" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>