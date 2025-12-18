--- v1 (2025-11-28)
+++ v2 (2025-12-18)
@@ -4,960 +4,969 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Index Advantage Smart Beta</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-03</t>
-[...839 lines deleted...]
-    <t>302.13</t>
+    <t>2020-04-01</t>
+  </si>
+  <si>
+    <t>92.96</t>
+  </si>
+  <si>
+    <t>94.94</t>
+  </si>
+  <si>
+    <t>2020-04-28</t>
+  </si>
+  <si>
+    <t>104.64</t>
+  </si>
+  <si>
+    <t>107.83</t>
+  </si>
+  <si>
+    <t>2020-05-20</t>
+  </si>
+  <si>
+    <t>106.05</t>
+  </si>
+  <si>
+    <t>104.49</t>
+  </si>
+  <si>
+    <t>2020-06-11</t>
+  </si>
+  <si>
+    <t>116.74</t>
+  </si>
+  <si>
+    <t>113.9</t>
+  </si>
+  <si>
+    <t>2020-07-02</t>
+  </si>
+  <si>
+    <t>122.01</t>
+  </si>
+  <si>
+    <t>121.06</t>
+  </si>
+  <si>
+    <t>2020-07-23</t>
+  </si>
+  <si>
+    <t>128.85</t>
+  </si>
+  <si>
+    <t>128.04</t>
+  </si>
+  <si>
+    <t>2020-08-13</t>
+  </si>
+  <si>
+    <t>132.64</t>
+  </si>
+  <si>
+    <t>129.45</t>
+  </si>
+  <si>
+    <t>2020-09-03</t>
+  </si>
+  <si>
+    <t>137.83</t>
+  </si>
+  <si>
+    <t>131.76</t>
+  </si>
+  <si>
+    <t>2020-09-24</t>
+  </si>
+  <si>
+    <t>126.73</t>
+  </si>
+  <si>
+    <t>123.39</t>
+  </si>
+  <si>
+    <t>2020-10-16</t>
+  </si>
+  <si>
+    <t>139.56</t>
+  </si>
+  <si>
+    <t>133.79</t>
+  </si>
+  <si>
+    <t>2020-11-06</t>
+  </si>
+  <si>
+    <t>146.36</t>
+  </si>
+  <si>
+    <t>139.51</t>
+  </si>
+  <si>
+    <t>2020-12-01</t>
+  </si>
+  <si>
+    <t>159.6</t>
+  </si>
+  <si>
+    <t>149.41</t>
+  </si>
+  <si>
+    <t>2020-12-22</t>
+  </si>
+  <si>
+    <t>164.76</t>
+  </si>
+  <si>
+    <t>153.38</t>
+  </si>
+  <si>
+    <t>2021-01-13</t>
+  </si>
+  <si>
+    <t>180.7</t>
+  </si>
+  <si>
+    <t>166.01</t>
+  </si>
+  <si>
+    <t>2021-02-04</t>
+  </si>
+  <si>
+    <t>185.02</t>
+  </si>
+  <si>
+    <t>169.19</t>
+  </si>
+  <si>
+    <t>2021-02-25</t>
+  </si>
+  <si>
+    <t>185.57</t>
+  </si>
+  <si>
+    <t>171.81</t>
+  </si>
+  <si>
+    <t>2021-03-19</t>
+  </si>
+  <si>
+    <t>182.2</t>
+  </si>
+  <si>
+    <t>167.73</t>
+  </si>
+  <si>
+    <t>2021-04-13</t>
+  </si>
+  <si>
+    <t>185.91</t>
+  </si>
+  <si>
+    <t>165.38</t>
+  </si>
+  <si>
+    <t>2021-05-06</t>
+  </si>
+  <si>
+    <t>192.12</t>
+  </si>
+  <si>
+    <t>168.65</t>
+  </si>
+  <si>
+    <t>2021-05-28</t>
+  </si>
+  <si>
+    <t>197.76</t>
+  </si>
+  <si>
+    <t>176.8</t>
+  </si>
+  <si>
+    <t>2021-06-18</t>
+  </si>
+  <si>
+    <t>199.02</t>
+  </si>
+  <si>
+    <t>179.8</t>
+  </si>
+  <si>
+    <t>2021-07-09</t>
+  </si>
+  <si>
+    <t>200.17</t>
+  </si>
+  <si>
+    <t>180.21</t>
+  </si>
+  <si>
+    <t>2021-08-02</t>
+  </si>
+  <si>
+    <t>207.79</t>
+  </si>
+  <si>
+    <t>182.64</t>
+  </si>
+  <si>
+    <t>2021-08-24</t>
+  </si>
+  <si>
+    <t>212.79</t>
+  </si>
+  <si>
+    <t>189.88</t>
+  </si>
+  <si>
+    <t>2021-09-15</t>
+  </si>
+  <si>
+    <t>225.66</t>
+  </si>
+  <si>
+    <t>201.19</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>222.44</t>
+  </si>
+  <si>
+    <t>202.28</t>
+  </si>
+  <si>
+    <t>2021-10-28</t>
+  </si>
+  <si>
+    <t>222.89</t>
+  </si>
+  <si>
+    <t>203.66</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>222.65</t>
+  </si>
+  <si>
+    <t>201.35</t>
+  </si>
+  <si>
+    <t>2021-12-14</t>
+  </si>
+  <si>
+    <t>220.59</t>
+  </si>
+  <si>
+    <t>199.25</t>
+  </si>
+  <si>
+    <t>2022-01-04</t>
+  </si>
+  <si>
+    <t>225.48</t>
+  </si>
+  <si>
+    <t>203.69</t>
+  </si>
+  <si>
+    <t>2022-01-25</t>
+  </si>
+  <si>
+    <t>216.88</t>
+  </si>
+  <si>
+    <t>197.57</t>
+  </si>
+  <si>
+    <t>2022-02-16</t>
+  </si>
+  <si>
+    <t>216.64</t>
+  </si>
+  <si>
+    <t>198.04</t>
+  </si>
+  <si>
+    <t>2022-03-10</t>
+  </si>
+  <si>
+    <t>211.12</t>
+  </si>
+  <si>
+    <t>190.19</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>222.86</t>
+  </si>
+  <si>
+    <t>201.98</t>
+  </si>
+  <si>
+    <t>2022-04-26</t>
+  </si>
+  <si>
+    <t>215.38</t>
+  </si>
+  <si>
+    <t>198.57</t>
+  </si>
+  <si>
+    <t>2022-05-18</t>
+  </si>
+  <si>
+    <t>202.41</t>
+  </si>
+  <si>
+    <t>186.24</t>
+  </si>
+  <si>
+    <t>2022-06-08</t>
+  </si>
+  <si>
+    <t>202.61</t>
+  </si>
+  <si>
+    <t>186.31</t>
+  </si>
+  <si>
+    <t>2022-06-29</t>
+  </si>
+  <si>
+    <t>192.22</t>
+  </si>
+  <si>
+    <t>180.22</t>
+  </si>
+  <si>
+    <t>2022-07-20</t>
+  </si>
+  <si>
+    <t>203.65</t>
+  </si>
+  <si>
+    <t>189.49</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>213.55</t>
+  </si>
+  <si>
+    <t>202.37</t>
+  </si>
+  <si>
+    <t>2022-09-05</t>
+  </si>
+  <si>
+    <t>213.25</t>
+  </si>
+  <si>
+    <t>203.59</t>
+  </si>
+  <si>
+    <t>2022-09-26</t>
+  </si>
+  <si>
+    <t>205.02</t>
+  </si>
+  <si>
+    <t>196.28</t>
+  </si>
+  <si>
+    <t>2022-10-18</t>
+  </si>
+  <si>
+    <t>209.04</t>
+  </si>
+  <si>
+    <t>200.42</t>
+  </si>
+  <si>
+    <t>2022-11-11</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>209.82</t>
+  </si>
+  <si>
+    <t>2022-12-02</t>
+  </si>
+  <si>
+    <t>223.91</t>
+  </si>
+  <si>
+    <t>213.17</t>
+  </si>
+  <si>
+    <t>2022-12-23</t>
+  </si>
+  <si>
+    <t>215.88</t>
+  </si>
+  <si>
+    <t>202.08</t>
+  </si>
+  <si>
+    <t>2023-01-13</t>
+  </si>
+  <si>
+    <t>217.28</t>
+  </si>
+  <si>
+    <t>204.77</t>
+  </si>
+  <si>
+    <t>2023-02-06</t>
+  </si>
+  <si>
+    <t>211.85</t>
+  </si>
+  <si>
+    <t>198.95</t>
+  </si>
+  <si>
+    <t>2023-02-27</t>
+  </si>
+  <si>
+    <t>206.41</t>
+  </si>
+  <si>
+    <t>193.81</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>191.71</t>
+  </si>
+  <si>
+    <t>2023-04-17</t>
+  </si>
+  <si>
+    <t>210.51</t>
+  </si>
+  <si>
+    <t>198.19</t>
+  </si>
+  <si>
+    <t>2023-05-09</t>
+  </si>
+  <si>
+    <t>218.67</t>
+  </si>
+  <si>
+    <t>204.63</t>
+  </si>
+  <si>
+    <t>2023-05-30</t>
+  </si>
+  <si>
+    <t>224.11</t>
+  </si>
+  <si>
+    <t>209.18</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>230.1</t>
+  </si>
+  <si>
+    <t>212.32</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>234.5</t>
+  </si>
+  <si>
+    <t>217.96</t>
+  </si>
+  <si>
+    <t>2023-08-02</t>
+  </si>
+  <si>
+    <t>232.15</t>
+  </si>
+  <si>
+    <t>219.69</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>231.56</t>
+  </si>
+  <si>
+    <t>218.29</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>241.47</t>
+  </si>
+  <si>
+    <t>226.22</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>236.49</t>
+  </si>
+  <si>
+    <t>219.49</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>230.96</t>
+  </si>
+  <si>
+    <t>215.04</t>
+  </si>
+  <si>
+    <t>2023-11-22</t>
+  </si>
+  <si>
+    <t>242.16</t>
+  </si>
+  <si>
+    <t>223.89</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>256.71</t>
+  </si>
+  <si>
+    <t>241.35</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>262.57</t>
+  </si>
+  <si>
+    <t>248.24</t>
+  </si>
+  <si>
+    <t>2024-01-29</t>
+  </si>
+  <si>
+    <t>262.55</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>272.38</t>
+  </si>
+  <si>
+    <t>255.51</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>274.39</t>
+  </si>
+  <si>
+    <t>258.03</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>278.16</t>
+  </si>
+  <si>
+    <t>262.15</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>279.3</t>
+  </si>
+  <si>
+    <t>264.84</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>281.56</t>
+  </si>
+  <si>
+    <t>266.99</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>293.64</t>
+  </si>
+  <si>
+    <t>275.06</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>304.25</t>
+  </si>
+  <si>
+    <t>286.32</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>310.97</t>
+  </si>
+  <si>
+    <t>291.93</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>306.78</t>
+  </si>
+  <si>
+    <t>289.63</t>
+  </si>
+  <si>
+    <t>2024-09-09</t>
+  </si>
+  <si>
+    <t>316.59</t>
+  </si>
+  <si>
+    <t>293.84</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>325.77</t>
+  </si>
+  <si>
+    <t>303.77</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>309.71</t>
+  </si>
+  <si>
+    <t>286.35</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>303.55</t>
+  </si>
+  <si>
+    <t>275.04</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>315.31</t>
+  </si>
+  <si>
+    <t>289.92</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>309.5</t>
+  </si>
+  <si>
+    <t>276.78</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>300.33</t>
+  </si>
+  <si>
+    <t>271.68</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>303.56</t>
+  </si>
+  <si>
+    <t>272.54</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>286.73</t>
+  </si>
+  <si>
+    <t>254.34</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>305.73</t>
+  </si>
+  <si>
+    <t>272.93</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>314.23</t>
+  </si>
+  <si>
+    <t>279.32</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>319.48</t>
+  </si>
+  <si>
+    <t>283.4</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>325.13</t>
+  </si>
+  <si>
+    <t>284.25</t>
+  </si>
+  <si>
+    <t>2025-06-24</t>
+  </si>
+  <si>
+    <t>330.78</t>
+  </si>
+  <si>
+    <t>289.56</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>331.51</t>
+  </si>
+  <si>
+    <t>292.01</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>319.06</t>
+  </si>
+  <si>
+    <t>285.33</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>313.46</t>
+  </si>
+  <si>
+    <t>283.31</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>324.45</t>
+  </si>
+  <si>
+    <t>294.64</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>323.29</t>
+  </si>
+  <si>
+    <t>292.87</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>328.83</t>
+  </si>
+  <si>
+    <t>296.93</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>327.43</t>
+  </si>
+  <si>
+    <t>302.11</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>322.88</t>
+  </si>
+  <si>
+    <t>297.59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D97"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1635,110 +1644,110 @@
         <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>171</v>
@@ -2257,41 +2266,55 @@
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D96" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>