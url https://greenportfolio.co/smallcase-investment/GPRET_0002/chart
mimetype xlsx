--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -4,969 +4,975 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="292">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Index Advantage Smart Beta</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-01</t>
-[...236 lines deleted...]
-    <t>222.89</t>
+    <t>2020-03-31</t>
+  </si>
+  <si>
+    <t>96.44</t>
+  </si>
+  <si>
+    <t>98.63</t>
+  </si>
+  <si>
+    <t>2020-04-27</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>106.89</t>
+  </si>
+  <si>
+    <t>2020-05-19</t>
+  </si>
+  <si>
+    <t>104.42</t>
+  </si>
+  <si>
+    <t>102.35</t>
+  </si>
+  <si>
+    <t>2020-06-10</t>
+  </si>
+  <si>
+    <t>119.78</t>
+  </si>
+  <si>
+    <t>116.26</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>120.18</t>
+  </si>
+  <si>
+    <t>119.73</t>
+  </si>
+  <si>
+    <t>2020-07-22</t>
+  </si>
+  <si>
+    <t>127.79</t>
+  </si>
+  <si>
+    <t>127.08</t>
+  </si>
+  <si>
+    <t>2020-08-12</t>
+  </si>
+  <si>
+    <t>132.33</t>
+  </si>
+  <si>
+    <t>129.44</t>
+  </si>
+  <si>
+    <t>2020-09-02</t>
+  </si>
+  <si>
+    <t>136.66</t>
+  </si>
+  <si>
+    <t>131.73</t>
+  </si>
+  <si>
+    <t>2020-09-23</t>
+  </si>
+  <si>
+    <t>130.98</t>
+  </si>
+  <si>
+    <t>126.99</t>
+  </si>
+  <si>
+    <t>2020-10-15</t>
+  </si>
+  <si>
+    <t>138.15</t>
+  </si>
+  <si>
+    <t>132.83</t>
+  </si>
+  <si>
+    <t>2020-11-05</t>
+  </si>
+  <si>
+    <t>145.29</t>
+  </si>
+  <si>
+    <t>138.02</t>
+  </si>
+  <si>
+    <t>2020-11-27</t>
+  </si>
+  <si>
+    <t>157.31</t>
+  </si>
+  <si>
+    <t>147.77</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>162.54</t>
+  </si>
+  <si>
+    <t>151.73</t>
+  </si>
+  <si>
+    <t>2021-01-12</t>
+  </si>
+  <si>
+    <t>179.87</t>
+  </si>
+  <si>
+    <t>166.13</t>
+  </si>
+  <si>
+    <t>2021-02-03</t>
+  </si>
+  <si>
+    <t>184.12</t>
+  </si>
+  <si>
+    <t>167.8</t>
+  </si>
+  <si>
+    <t>2021-02-24</t>
+  </si>
+  <si>
+    <t>184.02</t>
+  </si>
+  <si>
+    <t>170.52</t>
+  </si>
+  <si>
+    <t>2021-03-18</t>
+  </si>
+  <si>
+    <t>180.03</t>
+  </si>
+  <si>
+    <t>165.64</t>
+  </si>
+  <si>
+    <t>2021-04-12</t>
+  </si>
+  <si>
+    <t>183.95</t>
+  </si>
+  <si>
+    <t>163.24</t>
+  </si>
+  <si>
+    <t>2021-05-05</t>
+  </si>
+  <si>
+    <t>189.86</t>
+  </si>
+  <si>
+    <t>167.46</t>
+  </si>
+  <si>
+    <t>2021-05-27</t>
+  </si>
+  <si>
+    <t>196.67</t>
+  </si>
+  <si>
+    <t>175.83</t>
+  </si>
+  <si>
+    <t>2021-06-17</t>
+  </si>
+  <si>
+    <t>199.32</t>
+  </si>
+  <si>
+    <t>2021-07-08</t>
+  </si>
+  <si>
+    <t>199.43</t>
+  </si>
+  <si>
+    <t>180.55</t>
+  </si>
+  <si>
+    <t>2021-07-30</t>
+  </si>
+  <si>
+    <t>206.05</t>
+  </si>
+  <si>
+    <t>181.2</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>210.6</t>
+  </si>
+  <si>
+    <t>188.36</t>
+  </si>
+  <si>
+    <t>2021-09-14</t>
+  </si>
+  <si>
+    <t>223.68</t>
+  </si>
+  <si>
+    <t>199.71</t>
+  </si>
+  <si>
+    <t>2021-10-05</t>
+  </si>
+  <si>
+    <t>225.99</t>
+  </si>
+  <si>
+    <t>204.28</t>
+  </si>
+  <si>
+    <t>2021-10-27</t>
+  </si>
+  <si>
+    <t>227.84</t>
+  </si>
+  <si>
+    <t>207.75</t>
+  </si>
+  <si>
+    <t>2021-11-22</t>
+  </si>
+  <si>
+    <t>220.74</t>
+  </si>
+  <si>
+    <t>200.05</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>221.09</t>
+  </si>
+  <si>
+    <t>199.56</t>
+  </si>
+  <si>
+    <t>2022-01-03</t>
+  </si>
+  <si>
+    <t>224.2</t>
+  </si>
+  <si>
+    <t>201.92</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>215.32</t>
+  </si>
+  <si>
+    <t>196.04</t>
+  </si>
+  <si>
+    <t>2022-02-15</t>
+  </si>
+  <si>
+    <t>216.24</t>
+  </si>
+  <si>
+    <t>198.38</t>
+  </si>
+  <si>
+    <t>2022-03-09</t>
+  </si>
+  <si>
+    <t>207.99</t>
+  </si>
+  <si>
+    <t>187.21</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
+    <t>220.6</t>
+  </si>
+  <si>
+    <t>199.51</t>
+  </si>
+  <si>
+    <t>2022-04-25</t>
+  </si>
+  <si>
+    <t>212.85</t>
+  </si>
+  <si>
+    <t>195.44</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>202.81</t>
+  </si>
+  <si>
+    <t>186.38</t>
+  </si>
+  <si>
+    <t>2022-06-07</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>186.97</t>
+  </si>
+  <si>
+    <t>2022-06-28</t>
+  </si>
+  <si>
+    <t>194.77</t>
+  </si>
+  <si>
+    <t>180.85</t>
+  </si>
+  <si>
+    <t>2022-07-19</t>
+  </si>
+  <si>
+    <t>202.15</t>
+  </si>
+  <si>
+    <t>187.69</t>
+  </si>
+  <si>
+    <t>2022-08-10</t>
+  </si>
+  <si>
+    <t>212.75</t>
+  </si>
+  <si>
+    <t>200.91</t>
+  </si>
+  <si>
+    <t>2022-09-02</t>
+  </si>
+  <si>
+    <t>212.53</t>
+  </si>
+  <si>
+    <t>202.39</t>
+  </si>
+  <si>
+    <t>2022-09-23</t>
+  </si>
+  <si>
+    <t>208.43</t>
+  </si>
+  <si>
+    <t>200.16</t>
+  </si>
+  <si>
+    <t>2022-10-17</t>
+  </si>
+  <si>
+    <t>207.39</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>213.41</t>
+  </si>
+  <si>
+    <t>206.36</t>
+  </si>
+  <si>
+    <t>2022-12-01</t>
+  </si>
+  <si>
+    <t>225.14</t>
+  </si>
+  <si>
+    <t>214.34</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>218.75</t>
+  </si>
+  <si>
+    <t>206.48</t>
+  </si>
+  <si>
+    <t>2023-01-12</t>
+  </si>
+  <si>
+    <t>216.43</t>
   </si>
   <si>
     <t>203.66</t>
   </si>
   <si>
-    <t>2021-11-23</t>
-[...482 lines deleted...]
-    <t>2025-03-03</t>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>213.57</t>
+  </si>
+  <si>
+    <t>199.81</t>
+  </si>
+  <si>
+    <t>2023-02-24</t>
+  </si>
+  <si>
+    <t>208.91</t>
+  </si>
+  <si>
+    <t>194.78</t>
+  </si>
+  <si>
+    <t>2023-03-20</t>
+  </si>
+  <si>
+    <t>201.26</t>
+  </si>
+  <si>
+    <t>190.38</t>
+  </si>
+  <si>
+    <t>2023-04-13</t>
+  </si>
+  <si>
+    <t>211.59</t>
+  </si>
+  <si>
+    <t>199.22</t>
+  </si>
+  <si>
+    <t>2023-05-08</t>
+  </si>
+  <si>
+    <t>217.8</t>
+  </si>
+  <si>
+    <t>204.68</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>224.27</t>
+  </si>
+  <si>
+    <t>208.88</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>229.46</t>
+  </si>
+  <si>
+    <t>211.62</t>
+  </si>
+  <si>
+    <t>2023-07-11</t>
+  </si>
+  <si>
+    <t>234.8</t>
+  </si>
+  <si>
+    <t>218.41</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>234.19</t>
+  </si>
+  <si>
+    <t>222.09</t>
+  </si>
+  <si>
+    <t>2023-08-23</t>
+  </si>
+  <si>
+    <t>232.35</t>
+  </si>
+  <si>
+    <t>218.74</t>
+  </si>
+  <si>
+    <t>2023-09-13</t>
+  </si>
+  <si>
+    <t>239.98</t>
+  </si>
+  <si>
+    <t>225.69</t>
+  </si>
+  <si>
+    <t>2023-10-06</t>
+  </si>
+  <si>
+    <t>238.05</t>
+  </si>
+  <si>
+    <t>221.24</t>
+  </si>
+  <si>
+    <t>2023-10-30</t>
+  </si>
+  <si>
+    <t>231.32</t>
+  </si>
+  <si>
+    <t>215.55</t>
+  </si>
+  <si>
+    <t>2023-11-21</t>
+  </si>
+  <si>
+    <t>241.63</t>
+  </si>
+  <si>
+    <t>223.75</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>253.33</t>
+  </si>
+  <si>
+    <t>238.36</t>
+  </si>
+  <si>
+    <t>2024-01-04</t>
+  </si>
+  <si>
+    <t>261.49</t>
+  </si>
+  <si>
+    <t>247.79</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>260.03</t>
+  </si>
+  <si>
+    <t>244.76</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>270.33</t>
+  </si>
+  <si>
+    <t>254.64</t>
+  </si>
+  <si>
+    <t>2024-03-11</t>
+  </si>
+  <si>
+    <t>275.17</t>
+  </si>
+  <si>
+    <t>258.65</t>
+  </si>
+  <si>
+    <t>2024-04-03</t>
+  </si>
+  <si>
+    <t>276.93</t>
+  </si>
+  <si>
+    <t>261.37</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>278.01</t>
+  </si>
+  <si>
+    <t>262.45</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>280.24</t>
+  </si>
+  <si>
+    <t>266.27</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>293.41</t>
+  </si>
+  <si>
+    <t>274.19</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>304.62</t>
+  </si>
+  <si>
+    <t>285.94</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>305.7</t>
+  </si>
+  <si>
+    <t>287.02</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>305.88</t>
+  </si>
+  <si>
+    <t>288.96</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>314.64</t>
+  </si>
+  <si>
+    <t>292.91</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>328.96</t>
+  </si>
+  <si>
+    <t>307.88</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>314.84</t>
+  </si>
+  <si>
+    <t>290.77</t>
+  </si>
+  <si>
+    <t>2024-11-12</t>
+  </si>
+  <si>
+    <t>307.9</t>
+  </si>
+  <si>
+    <t>279.21</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>315.1</t>
+  </si>
+  <si>
+    <t>289.85</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>308.27</t>
+  </si>
+  <si>
+    <t>278.26</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>297.58</t>
+  </si>
+  <si>
+    <t>270.29</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>302.71</t>
+  </si>
+  <si>
+    <t>272.94</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>287.06</t>
+  </si>
+  <si>
+    <t>253.95</t>
+  </si>
+  <si>
+    <t>2025-03-24</t>
+  </si>
+  <si>
+    <t>306.32</t>
+  </si>
+  <si>
+    <t>273.54</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>309.38</t>
+  </si>
+  <si>
+    <t>275.85</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>322.61</t>
   </si>
   <si>
     <t>286.73</t>
   </si>
   <si>
-    <t>254.34</t>
-[...116 lines deleted...]
-    <t>297.59</t>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>326.46</t>
+  </si>
+  <si>
+    <t>286.19</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>329.58</t>
+  </si>
+  <si>
+    <t>288.44</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>330.73</t>
+  </si>
+  <si>
+    <t>290.6</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>286.15</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>316.42</t>
+  </si>
+  <si>
+    <t>285.96</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>323.09</t>
+  </si>
+  <si>
+    <t>293.61</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>320.47</t>
+  </si>
+  <si>
+    <t>291.75</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>331.46</t>
+  </si>
+  <si>
+    <t>298.75</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>323.59</t>
+  </si>
+  <si>
+    <t>298.3</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>323.9</t>
+  </si>
+  <si>
+    <t>298.17</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>325.25</t>
+  </si>
+  <si>
+    <t>302.55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D97"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1241,1080 +1247,1094 @@
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="D97" s="0" t="s">
+      <c r="B98" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>