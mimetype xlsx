--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -4,975 +4,996 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Index Advantage Smart Beta</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-31</t>
-[...365 lines deleted...]
-    <t>2022-09-23</t>
+    <t>2020-03-27</t>
+  </si>
+  <si>
+    <t>95.35</t>
+  </si>
+  <si>
+    <t>98.81</t>
+  </si>
+  <si>
+    <t>2020-04-23</t>
+  </si>
+  <si>
+    <t>104.29</t>
+  </si>
+  <si>
+    <t>107.17</t>
+  </si>
+  <si>
+    <t>2020-05-15</t>
+  </si>
+  <si>
+    <t>106.2</t>
+  </si>
+  <si>
+    <t>105.29</t>
+  </si>
+  <si>
+    <t>2020-06-08</t>
+  </si>
+  <si>
+    <t>121.04</t>
+  </si>
+  <si>
+    <t>116.88</t>
+  </si>
+  <si>
+    <t>2020-06-29</t>
+  </si>
+  <si>
+    <t>119.64</t>
+  </si>
+  <si>
+    <t>118.58</t>
+  </si>
+  <si>
+    <t>2020-07-20</t>
+  </si>
+  <si>
+    <t>126.37</t>
+  </si>
+  <si>
+    <t>126.07</t>
+  </si>
+  <si>
+    <t>2020-08-10</t>
+  </si>
+  <si>
+    <t>131.55</t>
+  </si>
+  <si>
+    <t>129.16</t>
+  </si>
+  <si>
+    <t>2020-08-31</t>
+  </si>
+  <si>
+    <t>134.9</t>
+  </si>
+  <si>
+    <t>129.87</t>
+  </si>
+  <si>
+    <t>2020-09-21</t>
+  </si>
+  <si>
+    <t>132.98</t>
+  </si>
+  <si>
+    <t>128.41</t>
+  </si>
+  <si>
+    <t>2020-10-13</t>
+  </si>
+  <si>
+    <t>140.43</t>
+  </si>
+  <si>
+    <t>135.51</t>
+  </si>
+  <si>
+    <t>2020-11-03</t>
+  </si>
+  <si>
+    <t>141.43</t>
+  </si>
+  <si>
+    <t>134.58</t>
+  </si>
+  <si>
+    <t>2020-11-25</t>
+  </si>
+  <si>
+    <t>154.82</t>
+  </si>
+  <si>
+    <t>146.4</t>
+  </si>
+  <si>
+    <t>2020-12-17</t>
+  </si>
+  <si>
+    <t>168.02</t>
+  </si>
+  <si>
+    <t>156.49</t>
+  </si>
+  <si>
+    <t>2021-01-08</t>
+  </si>
+  <si>
+    <t>178.91</t>
+  </si>
+  <si>
+    <t>163.97</t>
+  </si>
+  <si>
+    <t>2021-02-01</t>
+  </si>
+  <si>
+    <t>177.75</t>
+  </si>
+  <si>
+    <t>162.24</t>
+  </si>
+  <si>
+    <t>2021-02-22</t>
+  </si>
+  <si>
+    <t>180.92</t>
+  </si>
+  <si>
+    <t>167.22</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>183.63</t>
+  </si>
+  <si>
+    <t>169.83</t>
+  </si>
+  <si>
+    <t>2021-04-08</t>
+  </si>
+  <si>
+    <t>190.43</t>
+  </si>
+  <si>
+    <t>169.86</t>
+  </si>
+  <si>
+    <t>2021-05-03</t>
+  </si>
+  <si>
+    <t>190.02</t>
+  </si>
+  <si>
+    <t>167.32</t>
+  </si>
+  <si>
+    <t>2021-05-25</t>
+  </si>
+  <si>
+    <t>196.06</t>
+  </si>
+  <si>
+    <t>174.49</t>
+  </si>
+  <si>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>203.24</t>
+  </si>
+  <si>
+    <t>182.29</t>
+  </si>
+  <si>
+    <t>2021-07-06</t>
+  </si>
+  <si>
+    <t>200.22</t>
+  </si>
+  <si>
+    <t>181.37</t>
+  </si>
+  <si>
+    <t>2021-07-28</t>
+  </si>
+  <si>
+    <t>202.86</t>
+  </si>
+  <si>
+    <t>180.57</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>214.23</t>
+  </si>
+  <si>
+    <t>189.55</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>222.11</t>
+  </si>
+  <si>
+    <t>199.42</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>223.27</t>
+  </si>
+  <si>
+    <t>200.84</t>
+  </si>
+  <si>
+    <t>2021-10-25</t>
+  </si>
+  <si>
+    <t>225.65</t>
+  </si>
+  <si>
+    <t>206.42</t>
+  </si>
+  <si>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>226.58</t>
+  </si>
+  <si>
+    <t>205.73</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>222.29</t>
+  </si>
+  <si>
+    <t>201.06</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>219.32</t>
+  </si>
+  <si>
+    <t>197.12</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>224.57</t>
+  </si>
+  <si>
+    <t>203.58</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>217.6</t>
+  </si>
+  <si>
+    <t>198.9</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>203.67</t>
+  </si>
+  <si>
+    <t>181.73</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>220.55</t>
+  </si>
+  <si>
+    <t>197.96</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>219.72</t>
+  </si>
+  <si>
+    <t>200.52</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>197.31</t>
+  </si>
+  <si>
+    <t>180.6</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>204.12</t>
+  </si>
+  <si>
+    <t>188.9</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>191.77</t>
+  </si>
+  <si>
+    <t>179.15</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>198.82</t>
+  </si>
+  <si>
+    <t>184.33</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>211.27</t>
+  </si>
+  <si>
+    <t>199.45</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>213.89</t>
+  </si>
+  <si>
+    <t>204.61</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>212.2</t>
+  </si>
+  <si>
+    <t>204.38</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>195.46</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>216.95</t>
   </si>
   <si>
     <t>208.43</t>
   </si>
   <si>
-    <t>200.16</t>
-[...65 lines deleted...]
-    <t>201.26</t>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>221.78</t>
+  </si>
+  <si>
+    <t>211.91</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>220.04</t>
+  </si>
+  <si>
+    <t>209.79</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>218.33</t>
+  </si>
+  <si>
+    <t>204.26</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>212.28</t>
+  </si>
+  <si>
+    <t>197.88</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>209.97</t>
+  </si>
+  <si>
+    <t>195.83</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>200.78</t>
   </si>
   <si>
     <t>190.38</t>
   </si>
   <si>
-    <t>2023-04-13</t>
-[...170 lines deleted...]
-    <t>2024-06-11</t>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>208.55</t>
+  </si>
+  <si>
+    <t>198.16</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>215.98</t>
+  </si>
+  <si>
+    <t>204.47</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>220.59</t>
+  </si>
+  <si>
+    <t>205.76</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>228.93</t>
+  </si>
+  <si>
+    <t>210.73</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>234.63</t>
+  </si>
+  <si>
+    <t>217.28</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>233.47</t>
+  </si>
+  <si>
+    <t>221.2</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>231.11</t>
+  </si>
+  <si>
+    <t>218.07</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>240.4</t>
+  </si>
+  <si>
+    <t>225.61</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>234.69</t>
+  </si>
+  <si>
+    <t>218.89</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>228.53</t>
+  </si>
+  <si>
+    <t>212.16</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>240.48</t>
+  </si>
+  <si>
+    <t>223.38</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>254.07</t>
+  </si>
+  <si>
+    <t>239.06</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>262.19</t>
+  </si>
+  <si>
+    <t>247.01</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>256.62</t>
+  </si>
+  <si>
+    <t>242.96</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>267.01</t>
+  </si>
+  <si>
+    <t>252.07</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>276.11</t>
+  </si>
+  <si>
+    <t>259.7</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>276.24</t>
+  </si>
+  <si>
+    <t>261.04</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>276.2</t>
+  </si>
+  <si>
+    <t>261.72</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>277.26</t>
+  </si>
+  <si>
+    <t>263.71</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
   </si>
   <si>
     <t>293.41</t>
   </si>
   <si>
-    <t>274.19</t>
-[...233 lines deleted...]
-    <t>302.55</t>
+    <t>274.13</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>302.73</t>
+  </si>
+  <si>
+    <t>284.01</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>308.56</t>
+  </si>
+  <si>
+    <t>287.16</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>304.21</t>
+  </si>
+  <si>
+    <t>284.17</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>317.8</t>
+  </si>
+  <si>
+    <t>296.83</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>326.52</t>
+  </si>
+  <si>
+    <t>305.6</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>317.15</t>
+  </si>
+  <si>
+    <t>291.07</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>310.43</t>
+  </si>
+  <si>
+    <t>282.45</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>312.34</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>306.79</t>
+  </si>
+  <si>
+    <t>277.59</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>295.75</t>
+  </si>
+  <si>
+    <t>269.31</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>304.48</t>
+  </si>
+  <si>
+    <t>274.28</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>291.97</t>
+  </si>
+  <si>
+    <t>259.68</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>301.51</t>
+  </si>
+  <si>
+    <t>268.08</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>305.24</t>
+  </si>
+  <si>
+    <t>270.19</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>315.32</t>
+  </si>
+  <si>
+    <t>278.78</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>328.51</t>
+  </si>
+  <si>
+    <t>287.35</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>325.95</t>
+  </si>
+  <si>
+    <t>286.04</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>333.16</t>
+  </si>
+  <si>
+    <t>293.39</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>322.37</t>
+  </si>
+  <si>
+    <t>286.72</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>319.04</t>
+  </si>
+  <si>
+    <t>288.02</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>321.01</t>
+  </si>
+  <si>
+    <t>290.71</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>319.82</t>
+  </si>
+  <si>
+    <t>291.14</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>331.56</t>
+  </si>
+  <si>
+    <t>299.58</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>326.5</t>
+  </si>
+  <si>
+    <t>300.42</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>326.35</t>
+  </si>
+  <si>
+    <t>300.1</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>325.14</t>
+  </si>
+  <si>
+    <t>303.41</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>312.73</t>
+  </si>
+  <si>
+    <t>293.08</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>320.32</t>
+  </si>
+  <si>
+    <t>297.96</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1247,1094 +1268,1122 @@
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>89</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D98" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>