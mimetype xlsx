--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -4,711 +4,714 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="205">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
     <t>Equity Multi Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-20</t>
-[...38 lines deleted...]
-    <t>100.87</t>
+    <t>2021-10-14</t>
+  </si>
+  <si>
+    <t>100.54</t>
+  </si>
+  <si>
+    <t>102.63</t>
+  </si>
+  <si>
+    <t>2021-11-09</t>
+  </si>
+  <si>
+    <t>101.11</t>
+  </si>
+  <si>
+    <t>101.15</t>
+  </si>
+  <si>
+    <t>2021-12-01</t>
+  </si>
+  <si>
+    <t>100.57</t>
+  </si>
+  <si>
+    <t>96.22</t>
+  </si>
+  <si>
+    <t>2021-12-22</t>
+  </si>
+  <si>
+    <t>100.4</t>
+  </si>
+  <si>
+    <t>95.28</t>
+  </si>
+  <si>
+    <t>2022-01-12</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>101.97</t>
+  </si>
+  <si>
+    <t>2022-02-03</t>
+  </si>
+  <si>
+    <t>99.75</t>
+  </si>
+  <si>
+    <t>98.51</t>
+  </si>
+  <si>
+    <t>2022-02-24</t>
+  </si>
+  <si>
+    <t>98.81</t>
+  </si>
+  <si>
+    <t>89.66</t>
+  </si>
+  <si>
+    <t>2022-03-21</t>
+  </si>
+  <si>
+    <t>100.93</t>
+  </si>
+  <si>
+    <t>95.04</t>
+  </si>
+  <si>
+    <t>2022-04-11</t>
+  </si>
+  <si>
+    <t>102.27</t>
+  </si>
+  <si>
+    <t>99.74</t>
+  </si>
+  <si>
+    <t>2022-05-05</t>
+  </si>
+  <si>
+    <t>100.39</t>
+  </si>
+  <si>
+    <t>93.69</t>
+  </si>
+  <si>
+    <t>2022-05-26</t>
+  </si>
+  <si>
+    <t>99.4</t>
+  </si>
+  <si>
+    <t>89.31</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
+  </si>
+  <si>
+    <t>97.23</t>
+  </si>
+  <si>
+    <t>85.19</t>
+  </si>
+  <si>
+    <t>2022-07-07</t>
+  </si>
+  <si>
+    <t>99.73</t>
+  </si>
+  <si>
+    <t>89.59</t>
+  </si>
+  <si>
+    <t>2022-07-28</t>
+  </si>
+  <si>
+    <t>101.01</t>
+  </si>
+  <si>
+    <t>94.17</t>
+  </si>
+  <si>
+    <t>2022-08-22</t>
+  </si>
+  <si>
+    <t>102.68</t>
+  </si>
+  <si>
+    <t>97.63</t>
+  </si>
+  <si>
+    <t>2022-09-13</t>
+  </si>
+  <si>
+    <t>103.5</t>
+  </si>
+  <si>
+    <t>101.98</t>
+  </si>
+  <si>
+    <t>2022-10-04</t>
+  </si>
+  <si>
+    <t>101.84</t>
+  </si>
+  <si>
+    <t>97.4</t>
+  </si>
+  <si>
+    <t>2022-10-28</t>
+  </si>
+  <si>
+    <t>102.28</t>
+  </si>
+  <si>
+    <t>99.2</t>
+  </si>
+  <si>
+    <t>2022-11-21</t>
   </si>
   <si>
     <t>102.71</t>
   </si>
   <si>
-    <t>2022-02-08</t>
-[...497 lines deleted...]
-    <t>139.08</t>
+    <t>100.58</t>
+  </si>
+  <si>
+    <t>2022-12-12</t>
+  </si>
+  <si>
+    <t>104.08</t>
+  </si>
+  <si>
+    <t>103.01</t>
+  </si>
+  <si>
+    <t>2023-01-02</t>
+  </si>
+  <si>
+    <t>104.32</t>
+  </si>
+  <si>
+    <t>101.03</t>
+  </si>
+  <si>
+    <t>2023-01-23</t>
+  </si>
+  <si>
+    <t>104.95</t>
+  </si>
+  <si>
+    <t>100.25</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>104.37</t>
+  </si>
+  <si>
+    <t>97.42</t>
+  </si>
+  <si>
+    <t>2023-03-08</t>
+  </si>
+  <si>
+    <t>103.29</t>
+  </si>
+  <si>
+    <t>97.12</t>
+  </si>
+  <si>
+    <t>2023-03-29</t>
+  </si>
+  <si>
+    <t>104.86</t>
+  </si>
+  <si>
+    <t>93.36</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>106.18</t>
+  </si>
+  <si>
+    <t>97.33</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
+    <t>107.05</t>
+  </si>
+  <si>
+    <t>2023-06-07</t>
+  </si>
+  <si>
+    <t>108.23</t>
+  </si>
+  <si>
+    <t>104.18</t>
+  </si>
+  <si>
+    <t>2023-06-28</t>
+  </si>
+  <si>
+    <t>107.63</t>
+  </si>
+  <si>
+    <t>105.94</t>
+  </si>
+  <si>
+    <t>2023-07-20</t>
+  </si>
+  <si>
+    <t>110.79</t>
+  </si>
+  <si>
+    <t>110.92</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>109.19</t>
+  </si>
+  <si>
+    <t>110.25</t>
+  </si>
+  <si>
+    <t>2023-09-01</t>
+  </si>
+  <si>
+    <t>109.62</t>
+  </si>
+  <si>
+    <t>111.12</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>110.63</t>
+  </si>
+  <si>
+    <t>112.41</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>110.55</t>
+  </si>
+  <si>
+    <t>113.68</t>
+  </si>
+  <si>
+    <t>2023-11-08</t>
+  </si>
+  <si>
+    <t>110.71</t>
+  </si>
+  <si>
+    <t>112.33</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>112.36</t>
+  </si>
+  <si>
+    <t>117.9</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>114.46</t>
+  </si>
+  <si>
+    <t>124.01</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>116.18</t>
+  </si>
+  <si>
+    <t>129.42</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>117.22</t>
+  </si>
+  <si>
+    <t>130.38</t>
+  </si>
+  <si>
+    <t>2024-02-27</t>
+  </si>
+  <si>
+    <t>117.74</t>
+  </si>
+  <si>
+    <t>132.07</t>
+  </si>
+  <si>
+    <t>2024-03-20</t>
+  </si>
+  <si>
+    <t>118.35</t>
+  </si>
+  <si>
+    <t>127.77</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>121.22</t>
+  </si>
+  <si>
+    <t>133.28</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>121.11</t>
+  </si>
+  <si>
+    <t>134.75</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>122.69</t>
+  </si>
+  <si>
+    <t>136.92</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>125.31</t>
+  </si>
+  <si>
+    <t>144.72</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>126.93</t>
   </si>
   <si>
     <t>150.31</t>
   </si>
   <si>
-    <t>2025-07-07</t>
+    <t>2024-08-05</t>
+  </si>
+  <si>
+    <t>127.18</t>
+  </si>
+  <si>
+    <t>146.71</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>129.03</t>
+  </si>
+  <si>
+    <t>153.63</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>131.59</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>2024-10-09</t>
+  </si>
+  <si>
+    <t>132.18</t>
+  </si>
+  <si>
+    <t>153.59</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>132.54</t>
+  </si>
+  <si>
+    <t>148.06</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>132.26</t>
+  </si>
+  <si>
+    <t>146.78</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>131.29</t>
+  </si>
+  <si>
+    <t>151.98</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>131.56</t>
+  </si>
+  <si>
+    <t>145.4</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>131.13</t>
+  </si>
+  <si>
+    <t>136.18</t>
+  </si>
+  <si>
+    <t>2025-02-17</t>
+  </si>
+  <si>
+    <t>130.64</t>
+  </si>
+  <si>
+    <t>134.41</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>130.78</t>
+  </si>
+  <si>
+    <t>132.13</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>132.93</t>
+  </si>
+  <si>
+    <t>138.26</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>135.39</t>
+  </si>
+  <si>
+    <t>143.91</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>137.65</t>
+  </si>
+  <si>
+    <t>147.94</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>139.55</t>
+  </si>
+  <si>
+    <t>151.89</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>140.32</t>
+  </si>
+  <si>
+    <t>153.25</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
   </si>
   <si>
     <t>140.24</t>
   </si>
   <si>
-    <t>153.28</t>
-[...35 lines deleted...]
-    <t>149.22</t>
+    <t>152.48</t>
+  </si>
+  <si>
+    <t>2025-08-13</t>
+  </si>
+  <si>
+    <t>139.96</t>
+  </si>
+  <si>
+    <t>147.72</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>140.51</t>
+  </si>
+  <si>
+    <t>148.58</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>143.21</t>
+  </si>
+  <si>
+    <t>147.82</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>154.35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D68"/>
+  <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1067,590 +1070,604 @@
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="B69" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>