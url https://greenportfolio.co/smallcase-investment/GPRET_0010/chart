--- v1 (2025-10-23)
+++ v2 (2025-12-04)
@@ -4,714 +4,729 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
-    <t>Equity Multi Cap</t>
+    <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-14</t>
-[...11 lines deleted...]
-    <t>101.11</t>
+    <t>2021-10-13</t>
+  </si>
+  <si>
+    <t>100.25</t>
+  </si>
+  <si>
+    <t>101.61</t>
+  </si>
+  <si>
+    <t>2021-11-08</t>
   </si>
   <si>
     <t>101.15</t>
   </si>
   <si>
-    <t>2021-12-01</t>
-[...137 lines deleted...]
-    <t>102.28</t>
+    <t>100.99</t>
+  </si>
+  <si>
+    <t>2021-11-30</t>
+  </si>
+  <si>
+    <t>100.63</t>
+  </si>
+  <si>
+    <t>95.2</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>100.37</t>
+  </si>
+  <si>
+    <t>93.91</t>
+  </si>
+  <si>
+    <t>2022-01-11</t>
+  </si>
+  <si>
+    <t>100.85</t>
+  </si>
+  <si>
+    <t>100.74</t>
+  </si>
+  <si>
+    <t>2022-02-02</t>
+  </si>
+  <si>
+    <t>99.81</t>
+  </si>
+  <si>
+    <t>99.21</t>
+  </si>
+  <si>
+    <t>2022-02-23</t>
+  </si>
+  <si>
+    <t>99.55</t>
+  </si>
+  <si>
+    <t>95.21</t>
+  </si>
+  <si>
+    <t>2022-03-17</t>
+  </si>
+  <si>
+    <t>100.42</t>
+  </si>
+  <si>
+    <t>96.49</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>102.65</t>
+  </si>
+  <si>
+    <t>99.71</t>
+  </si>
+  <si>
+    <t>2022-05-04</t>
+  </si>
+  <si>
+    <t>100.05</t>
+  </si>
+  <si>
+    <t>93.73</t>
+  </si>
+  <si>
+    <t>2022-05-25</t>
   </si>
   <si>
     <t>99.2</t>
   </si>
   <si>
-    <t>2022-11-21</t>
-[...11 lines deleted...]
-    <t>104.08</t>
+    <t>89.23</t>
+  </si>
+  <si>
+    <t>2022-06-15</t>
+  </si>
+  <si>
+    <t>97.96</t>
+  </si>
+  <si>
+    <t>87.51</t>
+  </si>
+  <si>
+    <t>2022-07-06</t>
+  </si>
+  <si>
+    <t>99.82</t>
+  </si>
+  <si>
+    <t>89.28</t>
+  </si>
+  <si>
+    <t>2022-07-27</t>
+  </si>
+  <si>
+    <t>100.45</t>
+  </si>
+  <si>
+    <t>93.1</t>
+  </si>
+  <si>
+    <t>2022-08-19</t>
+  </si>
+  <si>
+    <t>103.04</t>
+  </si>
+  <si>
+    <t>99.61</t>
+  </si>
+  <si>
+    <t>2022-09-12</t>
+  </si>
+  <si>
+    <t>103.41</t>
+  </si>
+  <si>
+    <t>100.98</t>
+  </si>
+  <si>
+    <t>2022-10-03</t>
+  </si>
+  <si>
+    <t>101.05</t>
+  </si>
+  <si>
+    <t>94.76</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>102.18</t>
+  </si>
+  <si>
+    <t>99.16</t>
+  </si>
+  <si>
+    <t>2022-11-18</t>
+  </si>
+  <si>
+    <t>103.05</t>
+  </si>
+  <si>
+    <t>101.88</t>
+  </si>
+  <si>
+    <t>2022-12-09</t>
+  </si>
+  <si>
+    <t>103.88</t>
   </si>
   <si>
     <t>103.01</t>
   </si>
   <si>
-    <t>2023-01-02</t>
-[...89 lines deleted...]
-    <t>109.19</t>
+    <t>2022-12-30</t>
+  </si>
+  <si>
+    <t>103.95</t>
+  </si>
+  <si>
+    <t>100.65</t>
+  </si>
+  <si>
+    <t>2023-01-20</t>
+  </si>
+  <si>
+    <t>104.85</t>
+  </si>
+  <si>
+    <t>100.15</t>
+  </si>
+  <si>
+    <t>2023-02-13</t>
+  </si>
+  <si>
+    <t>104.05</t>
+  </si>
+  <si>
+    <t>96.88</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>103.52</t>
+  </si>
+  <si>
+    <t>96.5</t>
+  </si>
+  <si>
+    <t>2023-03-28</t>
+  </si>
+  <si>
+    <t>103.98</t>
+  </si>
+  <si>
+    <t>92.58</t>
+  </si>
+  <si>
+    <t>2023-04-24</t>
+  </si>
+  <si>
+    <t>106.06</t>
+  </si>
+  <si>
+    <t>96.82</t>
+  </si>
+  <si>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>107.13</t>
+  </si>
+  <si>
+    <t>100.11</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>108.09</t>
+  </si>
+  <si>
+    <t>102.13</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>107.41</t>
+  </si>
+  <si>
+    <t>103.36</t>
+  </si>
+  <si>
+    <t>2023-07-19</t>
+  </si>
+  <si>
+    <t>111.01</t>
+  </si>
+  <si>
+    <t>108.54</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>109.2</t>
+  </si>
+  <si>
+    <t>107.79</t>
+  </si>
+  <si>
+    <t>2023-08-31</t>
+  </si>
+  <si>
+    <t>109.22</t>
+  </si>
+  <si>
+    <t>105.86</t>
+  </si>
+  <si>
+    <t>2023-09-22</t>
+  </si>
+  <si>
+    <t>110.91</t>
+  </si>
+  <si>
+    <t>108.12</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>110.24</t>
+  </si>
+  <si>
+    <t>108.48</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
   </si>
   <si>
     <t>110.25</t>
   </si>
   <si>
-    <t>2023-09-01</t>
-[...317 lines deleted...]
-    <t>154.35</t>
+    <t>107.03</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>111.95</t>
+  </si>
+  <si>
+    <t>111.35</t>
+  </si>
+  <si>
+    <t>2023-12-21</t>
+  </si>
+  <si>
+    <t>114.26</t>
+  </si>
+  <si>
+    <t>117.97</t>
+  </si>
+  <si>
+    <t>2024-01-12</t>
+  </si>
+  <si>
+    <t>115.93</t>
+  </si>
+  <si>
+    <t>122.15</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>116.6</t>
+  </si>
+  <si>
+    <t>121.89</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>117.65</t>
+  </si>
+  <si>
+    <t>124.95</t>
+  </si>
+  <si>
+    <t>2024-03-19</t>
+  </si>
+  <si>
+    <t>118.37</t>
+  </si>
+  <si>
+    <t>122.78</t>
+  </si>
+  <si>
+    <t>2024-04-12</t>
+  </si>
+  <si>
+    <t>121.87</t>
+  </si>
+  <si>
+    <t>128.18</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>121.1</t>
+  </si>
+  <si>
+    <t>127.35</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>122.86</t>
+  </si>
+  <si>
+    <t>130.57</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>125.34</t>
+  </si>
+  <si>
+    <t>135.87</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>126.63</t>
+  </si>
+  <si>
+    <t>140.19</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>128.01</t>
+  </si>
+  <si>
+    <t>142.06</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>128.54</t>
+  </si>
+  <si>
+    <t>143.74</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>131.14</t>
+  </si>
+  <si>
+    <t>145.82</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>132.17</t>
+  </si>
+  <si>
+    <t>143.63</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>132.79</t>
+  </si>
+  <si>
+    <t>139.58</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>129.35</t>
+  </si>
+  <si>
+    <t>135.9</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>141.8</t>
+  </si>
+  <si>
+    <t>2025-01-06</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>134.52</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>131.06</t>
+  </si>
+  <si>
+    <t>128.57</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>131.1</t>
+  </si>
+  <si>
+    <t>126.18</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>132.51</t>
+  </si>
+  <si>
+    <t>131.75</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>135.33</t>
+  </si>
+  <si>
+    <t>137.11</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>137.31</t>
+  </si>
+  <si>
+    <t>139.17</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>139.28</t>
+  </si>
+  <si>
+    <t>142.13</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>140.55</t>
+  </si>
+  <si>
+    <t>144.18</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>140.15</t>
+  </si>
+  <si>
+    <t>141.68</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>139.68</t>
+  </si>
+  <si>
+    <t>138.27</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>140.54</t>
+  </si>
+  <si>
+    <t>139.76</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>142.38</t>
+  </si>
+  <si>
+    <t>140.9</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>145.53</t>
+  </si>
+  <si>
+    <t>145.13</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>145.81</t>
+  </si>
+  <si>
+    <t>146.07</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>145.76</t>
+  </si>
+  <si>
+    <t>146.11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D71"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1070,604 +1085,632 @@
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="B70" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>