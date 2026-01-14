--- v2 (2025-12-04)
+++ v3 (2026-01-14)
@@ -4,729 +4,750 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="217">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-13</t>
-[...191 lines deleted...]
-    <t>104.85</t>
+    <t>2021-10-11</t>
+  </si>
+  <si>
+    <t>100.06</t>
+  </si>
+  <si>
+    <t>100.32</t>
+  </si>
+  <si>
+    <t>2021-11-02</t>
+  </si>
+  <si>
+    <t>100.44</t>
+  </si>
+  <si>
+    <t>99.78</t>
+  </si>
+  <si>
+    <t>2021-11-26</t>
+  </si>
+  <si>
+    <t>100.62</t>
+  </si>
+  <si>
+    <t>95.58</t>
+  </si>
+  <si>
+    <t>2021-12-17</t>
+  </si>
+  <si>
+    <t>100.7</t>
+  </si>
+  <si>
+    <t>95.08</t>
+  </si>
+  <si>
+    <t>2022-01-07</t>
+  </si>
+  <si>
+    <t>100.9</t>
+  </si>
+  <si>
+    <t>99.52</t>
+  </si>
+  <si>
+    <t>2022-01-31</t>
+  </si>
+  <si>
+    <t>99.56</t>
+  </si>
+  <si>
+    <t>96.72</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>99.97</t>
+  </si>
+  <si>
+    <t>95.8</t>
+  </si>
+  <si>
+    <t>2022-03-15</t>
+  </si>
+  <si>
+    <t>99.28</t>
+  </si>
+  <si>
+    <t>93.01</t>
+  </si>
+  <si>
+    <t>2022-04-06</t>
+  </si>
+  <si>
+    <t>102.43</t>
+  </si>
+  <si>
+    <t>99.63</t>
+  </si>
+  <si>
+    <t>2022-04-29</t>
+  </si>
+  <si>
+    <t>101.38</t>
+  </si>
+  <si>
+    <t>96.23</t>
+  </si>
+  <si>
+    <t>2022-05-23</t>
+  </si>
+  <si>
+    <t>99.5</t>
+  </si>
+  <si>
+    <t>90.45</t>
+  </si>
+  <si>
+    <t>2022-06-13</t>
+  </si>
+  <si>
+    <t>98.66</t>
+  </si>
+  <si>
+    <t>87.84</t>
+  </si>
+  <si>
+    <t>2022-07-04</t>
+  </si>
+  <si>
+    <t>99.33</t>
+  </si>
+  <si>
+    <t>88.29</t>
+  </si>
+  <si>
+    <t>2022-07-25</t>
+  </si>
+  <si>
+    <t>100.64</t>
+  </si>
+  <si>
+    <t>93.11</t>
+  </si>
+  <si>
+    <t>2022-08-17</t>
+  </si>
+  <si>
+    <t>103.51</t>
+  </si>
+  <si>
+    <t>100.52</t>
+  </si>
+  <si>
+    <t>2022-09-08</t>
+  </si>
+  <si>
+    <t>103.31</t>
   </si>
   <si>
     <t>100.15</t>
   </si>
   <si>
-    <t>2023-02-13</t>
-[...110 lines deleted...]
-    <t>110.25</t>
+    <t>2022-09-29</t>
+  </si>
+  <si>
+    <t>100.78</t>
+  </si>
+  <si>
+    <t>94.63</t>
+  </si>
+  <si>
+    <t>2022-10-21</t>
+  </si>
+  <si>
+    <t>101.5</t>
+  </si>
+  <si>
+    <t>98.17</t>
+  </si>
+  <si>
+    <t>2022-11-16</t>
+  </si>
+  <si>
+    <t>103.32</t>
+  </si>
+  <si>
+    <t>102.61</t>
+  </si>
+  <si>
+    <t>2022-12-07</t>
+  </si>
+  <si>
+    <t>103.62</t>
+  </si>
+  <si>
+    <t>103.38</t>
+  </si>
+  <si>
+    <t>2022-12-28</t>
+  </si>
+  <si>
+    <t>103.65</t>
+  </si>
+  <si>
+    <t>100.71</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>104.78</t>
+  </si>
+  <si>
+    <t>100.91</t>
+  </si>
+  <si>
+    <t>2023-02-09</t>
+  </si>
+  <si>
+    <t>104.4</t>
+  </si>
+  <si>
+    <t>97.7</t>
+  </si>
+  <si>
+    <t>2023-03-02</t>
+  </si>
+  <si>
+    <t>102.96</t>
+  </si>
+  <si>
+    <t>94.42</t>
+  </si>
+  <si>
+    <t>2023-03-24</t>
+  </si>
+  <si>
+    <t>104.47</t>
+  </si>
+  <si>
+    <t>92.78</t>
+  </si>
+  <si>
+    <t>2023-04-20</t>
+  </si>
+  <si>
+    <t>106.12</t>
+  </si>
+  <si>
+    <t>96.24</t>
+  </si>
+  <si>
+    <t>2023-05-12</t>
+  </si>
+  <si>
+    <t>106.95</t>
+  </si>
+  <si>
+    <t>100.22</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>108.73</t>
+  </si>
+  <si>
+    <t>101.74</t>
+  </si>
+  <si>
+    <t>2023-06-23</t>
   </si>
   <si>
     <t>107.03</t>
   </si>
   <si>
-    <t>2023-11-30</t>
-[...293 lines deleted...]
-    <t>146.11</t>
+    <t>102.5</t>
+  </si>
+  <si>
+    <t>2023-07-17</t>
+  </si>
+  <si>
+    <t>110.75</t>
+  </si>
+  <si>
+    <t>107.95</t>
+  </si>
+  <si>
+    <t>2023-08-07</t>
+  </si>
+  <si>
+    <t>108.99</t>
+  </si>
+  <si>
+    <t>107.61</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>109.32</t>
+  </si>
+  <si>
+    <t>106.34</t>
+  </si>
+  <si>
+    <t>2023-09-20</t>
+  </si>
+  <si>
+    <t>110.77</t>
+  </si>
+  <si>
+    <t>2023-10-12</t>
+  </si>
+  <si>
+    <t>109.79</t>
+  </si>
+  <si>
+    <t>108.74</t>
+  </si>
+  <si>
+    <t>2023-11-03</t>
+  </si>
+  <si>
+    <t>110.35</t>
+  </si>
+  <si>
+    <t>105.96</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>111.44</t>
+  </si>
+  <si>
+    <t>109.9</t>
+  </si>
+  <si>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>114.68</t>
+  </si>
+  <si>
+    <t>119.19</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>114.64</t>
+  </si>
+  <si>
+    <t>120.64</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>116.57</t>
+  </si>
+  <si>
+    <t>121.49</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>117.46</t>
+  </si>
+  <si>
+    <t>125.27</t>
+  </si>
+  <si>
+    <t>2024-03-15</t>
+  </si>
+  <si>
+    <t>118.11</t>
+  </si>
+  <si>
+    <t>123.99</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>121.75</t>
+  </si>
+  <si>
+    <t>128.7</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>121.24</t>
+  </si>
+  <si>
+    <t>128.89</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>123.01</t>
+  </si>
+  <si>
+    <t>132.07</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>125.46</t>
+  </si>
+  <si>
+    <t>136.06</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>126.8</t>
+  </si>
+  <si>
+    <t>140.56</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>127.94</t>
+  </si>
+  <si>
+    <t>143.46</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>128.16</t>
+  </si>
+  <si>
+    <t>142.82</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>130.77</t>
+  </si>
+  <si>
+    <t>145.86</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>132.44</t>
+  </si>
+  <si>
+    <t>143.62</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>131.8</t>
+  </si>
+  <si>
+    <t>137.93</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>129.9</t>
+  </si>
+  <si>
+    <t>134.36</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>130.95</t>
+  </si>
+  <si>
+    <t>141.3</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>130.65</t>
+  </si>
+  <si>
+    <t>137.96</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>131.36</t>
+  </si>
+  <si>
+    <t>131.32</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>130.85</t>
+  </si>
+  <si>
+    <t>129.58</t>
+  </si>
+  <si>
+    <t>2025-03-06</t>
+  </si>
+  <si>
+    <t>131.18</t>
+  </si>
+  <si>
+    <t>126.99</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>132.75</t>
+  </si>
+  <si>
+    <t>132.61</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>135.25</t>
+  </si>
+  <si>
+    <t>137.04</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>137.6</t>
+  </si>
+  <si>
+    <t>141.07</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>138.99</t>
+  </si>
+  <si>
+    <t>141.33</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>140.51</t>
+  </si>
+  <si>
+    <t>144.55</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>139.55</t>
+  </si>
+  <si>
+    <t>141.24</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>139.45</t>
+  </si>
+  <si>
+    <t>137.44</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>139.94</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>142.4</t>
+  </si>
+  <si>
+    <t>142.69</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>144.83</t>
+  </si>
+  <si>
+    <t>143.23</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>145.61</t>
+  </si>
+  <si>
+    <t>144.59</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>145.68</t>
+  </si>
+  <si>
+    <t>147.28</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>145.28</t>
+  </si>
+  <si>
+    <t>147.14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>146.81</t>
+  </si>
+  <si>
+    <t>144.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D71"/>
+  <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1169,548 +1190,576 @@
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D71" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>