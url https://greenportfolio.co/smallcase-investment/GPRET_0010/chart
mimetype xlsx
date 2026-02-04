--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -24,681 +24,681 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="217">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-11</t>
-[...74 lines deleted...]
-    <t>102.43</t>
+    <t>2021-11-01</t>
+  </si>
+  <si>
+    <t>100.45</t>
+  </si>
+  <si>
+    <t>99.96</t>
+  </si>
+  <si>
+    <t>2021-11-25</t>
+  </si>
+  <si>
+    <t>100.75</t>
+  </si>
+  <si>
+    <t>98.46</t>
+  </si>
+  <si>
+    <t>2021-12-16</t>
+  </si>
+  <si>
+    <t>101.2</t>
+  </si>
+  <si>
+    <t>96.68</t>
+  </si>
+  <si>
+    <t>2022-01-06</t>
+  </si>
+  <si>
+    <t>100.72</t>
+  </si>
+  <si>
+    <t>99.14</t>
+  </si>
+  <si>
+    <t>2022-01-28</t>
+  </si>
+  <si>
+    <t>98.92</t>
+  </si>
+  <si>
+    <t>95.44</t>
+  </si>
+  <si>
+    <t>2022-02-18</t>
+  </si>
+  <si>
+    <t>100.48</t>
+  </si>
+  <si>
+    <t>96.31</t>
+  </si>
+  <si>
+    <t>2022-03-14</t>
   </si>
   <si>
     <t>99.63</t>
   </si>
   <si>
-    <t>2022-04-29</t>
-[...215 lines deleted...]
-    <t>109.79</t>
+    <t>94.13</t>
+  </si>
+  <si>
+    <t>2022-04-05</t>
+  </si>
+  <si>
+    <t>102.57</t>
+  </si>
+  <si>
+    <t>100.29</t>
+  </si>
+  <si>
+    <t>2022-04-28</t>
+  </si>
+  <si>
+    <t>101.52</t>
+  </si>
+  <si>
+    <t>97.1</t>
+  </si>
+  <si>
+    <t>2022-05-20</t>
+  </si>
+  <si>
+    <t>99.46</t>
+  </si>
+  <si>
+    <t>90.82</t>
+  </si>
+  <si>
+    <t>2022-06-10</t>
+  </si>
+  <si>
+    <t>99.19</t>
+  </si>
+  <si>
+    <t>90.14</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>99.04</t>
+  </si>
+  <si>
+    <t>87.79</t>
+  </si>
+  <si>
+    <t>2022-07-22</t>
+  </si>
+  <si>
+    <t>100.73</t>
+  </si>
+  <si>
+    <t>93.55</t>
+  </si>
+  <si>
+    <t>2022-08-16</t>
+  </si>
+  <si>
+    <t>102.97</t>
+  </si>
+  <si>
+    <t>99.81</t>
+  </si>
+  <si>
+    <t>2022-09-07</t>
+  </si>
+  <si>
+    <t>102.87</t>
+  </si>
+  <si>
+    <t>99.26</t>
+  </si>
+  <si>
+    <t>2022-09-28</t>
+  </si>
+  <si>
+    <t>100.77</t>
+  </si>
+  <si>
+    <t>94.92</t>
+  </si>
+  <si>
+    <t>2022-10-20</t>
+  </si>
+  <si>
+    <t>101.56</t>
+  </si>
+  <si>
+    <t>98.28</t>
+  </si>
+  <si>
+    <t>2022-11-15</t>
+  </si>
+  <si>
+    <t>103.36</t>
+  </si>
+  <si>
+    <t>102.72</t>
+  </si>
+  <si>
+    <t>2022-12-06</t>
+  </si>
+  <si>
+    <t>103.98</t>
+  </si>
+  <si>
+    <t>103.75</t>
+  </si>
+  <si>
+    <t>2022-12-27</t>
+  </si>
+  <si>
+    <t>103.73</t>
+  </si>
+  <si>
+    <t>100.67</t>
+  </si>
+  <si>
+    <t>2023-01-17</t>
+  </si>
+  <si>
+    <t>104.82</t>
+  </si>
+  <si>
+    <t>100.41</t>
+  </si>
+  <si>
+    <t>2023-02-08</t>
+  </si>
+  <si>
+    <t>104.51</t>
+  </si>
+  <si>
+    <t>97.67</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>95.02</t>
+  </si>
+  <si>
+    <t>2023-03-23</t>
+  </si>
+  <si>
+    <t>103.99</t>
+  </si>
+  <si>
+    <t>93.48</t>
+  </si>
+  <si>
+    <t>2023-04-19</t>
+  </si>
+  <si>
+    <t>105.85</t>
+  </si>
+  <si>
+    <t>96.22</t>
+  </si>
+  <si>
+    <t>2023-05-11</t>
+  </si>
+  <si>
+    <t>107.22</t>
+  </si>
+  <si>
+    <t>100.18</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
   </si>
   <si>
     <t>108.74</t>
   </si>
   <si>
-    <t>2023-11-03</t>
-[...107 lines deleted...]
-    <t>2024-07-31</t>
+    <t>101.46</t>
+  </si>
+  <si>
+    <t>2023-06-22</t>
+  </si>
+  <si>
+    <t>107.48</t>
+  </si>
+  <si>
+    <t>103.2</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>110.2</t>
+  </si>
+  <si>
+    <t>107.23</t>
+  </si>
+  <si>
+    <t>2023-08-04</t>
+  </si>
+  <si>
+    <t>108.51</t>
+  </si>
+  <si>
+    <t>107.2</t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>108.95</t>
+  </si>
+  <si>
+    <t>106.07</t>
+  </si>
+  <si>
+    <t>2023-09-18</t>
+  </si>
+  <si>
+    <t>111.57</t>
+  </si>
+  <si>
+    <t>110.55</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>109.85</t>
+  </si>
+  <si>
+    <t>108.79</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>110.15</t>
+  </si>
+  <si>
+    <t>105.32</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>111.31</t>
+  </si>
+  <si>
+    <t>109.21</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>114.83</t>
+  </si>
+  <si>
+    <t>118.98</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>114.53</t>
+  </si>
+  <si>
+    <t>120.25</t>
+  </si>
+  <si>
+    <t>2024-01-31</t>
+  </si>
+  <si>
+    <t>116.74</t>
+  </si>
+  <si>
+    <t>121.55</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>117.44</t>
+  </si>
+  <si>
+    <t>124.29</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>118.07</t>
+  </si>
+  <si>
+    <t>124.71</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>121.65</t>
+  </si>
+  <si>
+    <t>128.88</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>121.3</t>
+  </si>
+  <si>
+    <t>129.76</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>123.39</t>
+  </si>
+  <si>
+    <t>132.18</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>124.7</t>
+  </si>
+  <si>
+    <t>135.44</t>
+  </si>
+  <si>
+    <t>2024-07-08</t>
+  </si>
+  <si>
+    <t>126.67</t>
+  </si>
+  <si>
+    <t>140.04</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
   </si>
   <si>
     <t>127.94</t>
   </si>
   <si>
-    <t>143.46</t>
-[...2 lines deleted...]
-    <t>2024-08-22</t>
+    <t>142.84</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
   </si>
   <si>
     <t>128.16</t>
   </si>
   <si>
-    <t>142.82</t>
-[...65 lines deleted...]
-    <t>2025-02-12</t>
+    <t>142.51</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>129.44</t>
+  </si>
+  <si>
+    <t>143.25</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>132.35</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>132.71</t>
+  </si>
+  <si>
+    <t>139.32</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>133.95</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>132.25</t>
+  </si>
+  <si>
+    <t>141.11</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>129.64</t>
+  </si>
+  <si>
+    <t>135.58</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>131.4</t>
   </si>
   <si>
     <t>130.85</t>
   </si>
   <si>
-    <t>129.58</t>
-[...131 lines deleted...]
-    <t>144.95</t>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>130.89</t>
+  </si>
+  <si>
+    <t>129.71</t>
+  </si>
+  <si>
+    <t>2025-03-05</t>
+  </si>
+  <si>
+    <t>130.8</t>
+  </si>
+  <si>
+    <t>125.78</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>132.6</t>
+  </si>
+  <si>
+    <t>133.09</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>135.05</t>
+  </si>
+  <si>
+    <t>137.46</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>137.27</t>
+  </si>
+  <si>
+    <t>140.96</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>138.95</t>
+  </si>
+  <si>
+    <t>139.84</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>140.25</t>
+  </si>
+  <si>
+    <t>143.98</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>139.87</t>
+  </si>
+  <si>
+    <t>142.08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>140.55</t>
+  </si>
+  <si>
+    <t>138.82</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>140.09</t>
+  </si>
+  <si>
+    <t>139.08</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>142.44</t>
+  </si>
+  <si>
+    <t>142.96</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>144.47</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>145.27</t>
+  </si>
+  <si>
+    <t>144.11</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>145.64</t>
+  </si>
+  <si>
+    <t>147.38</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>145.71</t>
+  </si>
+  <si>
+    <t>146.01</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>146.77</t>
+  </si>
+  <si>
+    <t>145.29</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>147.31</t>
+  </si>
+  <si>
+    <t>145.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -1047,194 +1047,194 @@
         <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>108</v>
@@ -1638,65 +1638,65 @@
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>206</v>