--- v4 (2026-02-04)
+++ v5 (2026-02-27)
@@ -4,750 +4,774 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-01</t>
-[...44 lines deleted...]
-    <t>2022-02-18</t>
+    <t>2021-10-12</t>
+  </si>
+  <si>
+    <t>100.22</t>
+  </si>
+  <si>
+    <t>100.65</t>
+  </si>
+  <si>
+    <t>2021-11-03</t>
+  </si>
+  <si>
+    <t>100.44</t>
+  </si>
+  <si>
+    <t>99.59</t>
+  </si>
+  <si>
+    <t>2021-11-29</t>
+  </si>
+  <si>
+    <t>100.54</t>
+  </si>
+  <si>
+    <t>95.58</t>
+  </si>
+  <si>
+    <t>2021-12-20</t>
+  </si>
+  <si>
+    <t>100.17</t>
+  </si>
+  <si>
+    <t>92.91</t>
+  </si>
+  <si>
+    <t>2022-01-10</t>
+  </si>
+  <si>
+    <t>100.78</t>
   </si>
   <si>
     <t>100.48</t>
   </si>
   <si>
-    <t>96.31</t>
-[...152 lines deleted...]
-    <t>2023-03-23</t>
+    <t>2022-02-01</t>
+  </si>
+  <si>
+    <t>99.83</t>
+  </si>
+  <si>
+    <t>98.1</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>99.52</t>
+  </si>
+  <si>
+    <t>95.23</t>
+  </si>
+  <si>
+    <t>2022-03-16</t>
+  </si>
+  <si>
+    <t>100.06</t>
+  </si>
+  <si>
+    <t>94.8</t>
+  </si>
+  <si>
+    <t>2022-04-07</t>
+  </si>
+  <si>
+    <t>102.34</t>
+  </si>
+  <si>
+    <t>98.78</t>
+  </si>
+  <si>
+    <t>2022-05-02</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>96.02</t>
+  </si>
+  <si>
+    <t>2022-05-24</t>
+  </si>
+  <si>
+    <t>98.26</t>
+  </si>
+  <si>
+    <t>89.92</t>
+  </si>
+  <si>
+    <t>2022-06-14</t>
+  </si>
+  <si>
+    <t>98.34</t>
+  </si>
+  <si>
+    <t>87.67</t>
+  </si>
+  <si>
+    <t>2022-07-05</t>
+  </si>
+  <si>
+    <t>99.38</t>
+  </si>
+  <si>
+    <t>88.2</t>
+  </si>
+  <si>
+    <t>2022-07-26</t>
+  </si>
+  <si>
+    <t>100.12</t>
+  </si>
+  <si>
+    <t>92.24</t>
+  </si>
+  <si>
+    <t>2022-08-18</t>
+  </si>
+  <si>
+    <t>103.33</t>
+  </si>
+  <si>
+    <t>100.68</t>
+  </si>
+  <si>
+    <t>2022-09-09</t>
+  </si>
+  <si>
+    <t>103.02</t>
+  </si>
+  <si>
+    <t>100.31</t>
+  </si>
+  <si>
+    <t>2022-09-30</t>
+  </si>
+  <si>
+    <t>101.24</t>
+  </si>
+  <si>
+    <t>96.12</t>
+  </si>
+  <si>
+    <t>2022-10-25</t>
+  </si>
+  <si>
+    <t>102.22</t>
+  </si>
+  <si>
+    <t>98.6</t>
+  </si>
+  <si>
+    <t>2022-11-17</t>
+  </si>
+  <si>
+    <t>103.12</t>
+  </si>
+  <si>
+    <t>102.15</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
   </si>
   <si>
     <t>103.99</t>
   </si>
   <si>
-    <t>93.48</t>
-[...5 lines deleted...]
-    <t>105.85</t>
+    <t>103.64</t>
+  </si>
+  <si>
+    <t>2022-12-29</t>
+  </si>
+  <si>
+    <t>103.77</t>
+  </si>
+  <si>
+    <t>101.11</t>
+  </si>
+  <si>
+    <t>2023-01-19</t>
+  </si>
+  <si>
+    <t>104.69</t>
+  </si>
+  <si>
+    <t>100.57</t>
+  </si>
+  <si>
+    <t>2023-02-10</t>
+  </si>
+  <si>
+    <t>104.18</t>
+  </si>
+  <si>
+    <t>97.49</t>
+  </si>
+  <si>
+    <t>2023-03-03</t>
+  </si>
+  <si>
+    <t>103.28</t>
+  </si>
+  <si>
+    <t>95.83</t>
+  </si>
+  <si>
+    <t>2023-03-27</t>
+  </si>
+  <si>
+    <t>104.14</t>
+  </si>
+  <si>
+    <t>92.88</t>
+  </si>
+  <si>
+    <t>2023-04-21</t>
+  </si>
+  <si>
+    <t>106.02</t>
   </si>
   <si>
     <t>96.22</t>
   </si>
   <si>
-    <t>2023-05-11</t>
-[...188 lines deleted...]
-    <t>2024-08-21</t>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>107.32</t>
+  </si>
+  <si>
+    <t>100.64</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>108.59</t>
+  </si>
+  <si>
+    <t>102.05</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>107.25</t>
+  </si>
+  <si>
+    <t>102.71</t>
+  </si>
+  <si>
+    <t>2023-07-18</t>
+  </si>
+  <si>
+    <t>111.22</t>
+  </si>
+  <si>
+    <t>108.07</t>
+  </si>
+  <si>
+    <t>2023-08-08</t>
+  </si>
+  <si>
+    <t>109.07</t>
+  </si>
+  <si>
+    <t>107.47</t>
+  </si>
+  <si>
+    <t>2023-08-30</t>
+  </si>
+  <si>
+    <t>109.39</t>
+  </si>
+  <si>
+    <t>106.43</t>
+  </si>
+  <si>
+    <t>2023-09-21</t>
+  </si>
+  <si>
+    <t>110.33</t>
+  </si>
+  <si>
+    <t>108.45</t>
+  </si>
+  <si>
+    <t>2023-10-13</t>
+  </si>
+  <si>
+    <t>109.9</t>
+  </si>
+  <si>
+    <t>108.54</t>
+  </si>
+  <si>
+    <t>2023-11-06</t>
+  </si>
+  <si>
+    <t>110.7</t>
+  </si>
+  <si>
+    <t>106.93</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>111.85</t>
+  </si>
+  <si>
+    <t>110.99</t>
+  </si>
+  <si>
+    <t>2023-12-20</t>
+  </si>
+  <si>
+    <t>114.21</t>
+  </si>
+  <si>
+    <t>117.23</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>114.89</t>
+  </si>
+  <si>
+    <t>120.95</t>
+  </si>
+  <si>
+    <t>2024-02-02</t>
+  </si>
+  <si>
+    <t>117.14</t>
+  </si>
+  <si>
+    <t>122.36</t>
+  </si>
+  <si>
+    <t>2024-02-23</t>
+  </si>
+  <si>
+    <t>117.39</t>
+  </si>
+  <si>
+    <t>125.32</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>118.27</t>
+  </si>
+  <si>
+    <t>124.25</t>
+  </si>
+  <si>
+    <t>2024-04-10</t>
+  </si>
+  <si>
+    <t>122.09</t>
+  </si>
+  <si>
+    <t>129.4</t>
+  </si>
+  <si>
+    <t>2024-05-06</t>
+  </si>
+  <si>
+    <t>120.96</t>
+  </si>
+  <si>
+    <t>128.42</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>123.32</t>
+  </si>
+  <si>
+    <t>131.6</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>125.23</t>
+  </si>
+  <si>
+    <t>135.6</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>126.74</t>
+  </si>
+  <si>
+    <t>140.15</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
   </si>
   <si>
     <t>128.16</t>
   </si>
   <si>
-    <t>142.51</t>
-[...212 lines deleted...]
-    <t>145.04</t>
+    <t>143.63</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>128.38</t>
+  </si>
+  <si>
+    <t>142.8</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>131.08</t>
+  </si>
+  <si>
+    <t>145.63</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>131.75</t>
+  </si>
+  <si>
+    <t>141.94</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>131.91</t>
+  </si>
+  <si>
+    <t>138.77</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>129.37</t>
+  </si>
+  <si>
+    <t>133.04</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>131.87</t>
+  </si>
+  <si>
+    <t>140.82</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>131.01</t>
+  </si>
+  <si>
+    <t>137.14</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>131.53</t>
+  </si>
+  <si>
+    <t>130.42</t>
+  </si>
+  <si>
+    <t>2025-02-13</t>
+  </si>
+  <si>
+    <t>131.11</t>
+  </si>
+  <si>
+    <t>129.56</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>131.54</t>
+  </si>
+  <si>
+    <t>126.93</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>132.41</t>
+  </si>
+  <si>
+    <t>130.71</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>134.79</t>
+  </si>
+  <si>
+    <t>135.5</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>137.49</t>
+  </si>
+  <si>
+    <t>140.84</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>139.56</t>
+  </si>
+  <si>
+    <t>142.1</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>140.7</t>
+  </si>
+  <si>
+    <t>144.09</t>
+  </si>
+  <si>
+    <t>2025-07-21</t>
+  </si>
+  <si>
+    <t>139.76</t>
+  </si>
+  <si>
+    <t>141.91</t>
+  </si>
+  <si>
+    <t>2025-08-11</t>
+  </si>
+  <si>
+    <t>139.72</t>
+  </si>
+  <si>
+    <t>138.75</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>140.23</t>
+  </si>
+  <si>
+    <t>139.78</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>142.37</t>
+  </si>
+  <si>
+    <t>141.86</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>145.17</t>
+  </si>
+  <si>
+    <t>144.58</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>145.66</t>
+  </si>
+  <si>
+    <t>145.19</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>145.73</t>
+  </si>
+  <si>
+    <t>146.58</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>145.35</t>
+  </si>
+  <si>
+    <t>147.25</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>147.21</t>
+  </si>
+  <si>
+    <t>144.73</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>147.73</t>
+  </si>
+  <si>
+    <t>144.68</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>NaN</t>
+  </si>
+  <si>
+    <t>144.57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D73"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1047,719 +1071,747 @@
         <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>