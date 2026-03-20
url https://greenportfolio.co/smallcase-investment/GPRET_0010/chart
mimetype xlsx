--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -4,725 +4,722 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>The 100 Year Portfolio Asset Allocation</t>
   </si>
   <si>
     <t>Equity Large Cap</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-12</t>
+    <t>2021-10-28</t>
   </si>
   <si>
     <t>100.22</t>
   </si>
   <si>
-    <t>100.65</t>
-[...149 lines deleted...]
-    <t>102.22</t>
+    <t>99.37</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>100.66</t>
+  </si>
+  <si>
+    <t>98.25</t>
+  </si>
+  <si>
+    <t>2021-12-14</t>
+  </si>
+  <si>
+    <t>100.99</t>
+  </si>
+  <si>
+    <t>97.22</t>
+  </si>
+  <si>
+    <t>2022-01-04</t>
+  </si>
+  <si>
+    <t>101.42</t>
+  </si>
+  <si>
+    <t>99.39</t>
+  </si>
+  <si>
+    <t>2022-01-25</t>
+  </si>
+  <si>
+    <t>99.33</t>
+  </si>
+  <si>
+    <t>96.4</t>
+  </si>
+  <si>
+    <t>2022-02-16</t>
+  </si>
+  <si>
+    <t>100.59</t>
+  </si>
+  <si>
+    <t>96.63</t>
+  </si>
+  <si>
+    <t>2022-03-10</t>
+  </si>
+  <si>
+    <t>99.44</t>
+  </si>
+  <si>
+    <t>92.8</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>101.75</t>
+  </si>
+  <si>
+    <t>98.55</t>
+  </si>
+  <si>
+    <t>2022-04-26</t>
+  </si>
+  <si>
+    <t>101.37</t>
+  </si>
+  <si>
+    <t>96.89</t>
+  </si>
+  <si>
+    <t>2022-05-18</t>
+  </si>
+  <si>
+    <t>99.1</t>
+  </si>
+  <si>
+    <t>90.87</t>
+  </si>
+  <si>
+    <t>2022-06-08</t>
+  </si>
+  <si>
+    <t>99.01</t>
+  </si>
+  <si>
+    <t>90.91</t>
+  </si>
+  <si>
+    <t>2022-06-29</t>
+  </si>
+  <si>
+    <t>98.58</t>
+  </si>
+  <si>
+    <t>87.93</t>
+  </si>
+  <si>
+    <t>2022-07-20</t>
+  </si>
+  <si>
+    <t>100.08</t>
+  </si>
+  <si>
+    <t>92.46</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>102.8</t>
+  </si>
+  <si>
+    <t>98.74</t>
+  </si>
+  <si>
+    <t>2022-09-05</t>
+  </si>
+  <si>
+    <t>102.71</t>
+  </si>
+  <si>
+    <t>99.34</t>
+  </si>
+  <si>
+    <t>2022-09-26</t>
+  </si>
+  <si>
+    <t>100.95</t>
+  </si>
+  <si>
+    <t>95.77</t>
+  </si>
+  <si>
+    <t>2022-10-18</t>
+  </si>
+  <si>
+    <t>101.73</t>
+  </si>
+  <si>
+    <t>97.79</t>
+  </si>
+  <si>
+    <t>2022-11-11</t>
+  </si>
+  <si>
+    <t>103.22</t>
+  </si>
+  <si>
+    <t>102.38</t>
+  </si>
+  <si>
+    <t>2022-12-02</t>
+  </si>
+  <si>
+    <t>104.02</t>
+  </si>
+  <si>
+    <t>2022-12-23</t>
+  </si>
+  <si>
+    <t>103.39</t>
   </si>
   <si>
     <t>98.6</t>
   </si>
   <si>
-    <t>2022-11-17</t>
-[...404 lines deleted...]
-    <t>2025-08-11</t>
+    <t>2023-01-13</t>
+  </si>
+  <si>
+    <t>104.84</t>
+  </si>
+  <si>
+    <t>99.91</t>
+  </si>
+  <si>
+    <t>2023-02-06</t>
+  </si>
+  <si>
+    <t>104.22</t>
+  </si>
+  <si>
+    <t>97.08</t>
+  </si>
+  <si>
+    <t>2023-02-27</t>
+  </si>
+  <si>
+    <t>103.14</t>
+  </si>
+  <si>
+    <t>94.57</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>103.91</t>
+  </si>
+  <si>
+    <t>93.54</t>
+  </si>
+  <si>
+    <t>2023-04-17</t>
+  </si>
+  <si>
+    <t>106.11</t>
+  </si>
+  <si>
+    <t>96.7</t>
+  </si>
+  <si>
+    <t>2023-05-09</t>
+  </si>
+  <si>
+    <t>107.18</t>
+  </si>
+  <si>
+    <t>99.85</t>
+  </si>
+  <si>
+    <t>2023-05-30</t>
+  </si>
+  <si>
+    <t>108.5</t>
+  </si>
+  <si>
+    <t>102.07</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>107.69</t>
+  </si>
+  <si>
+    <t>103.6</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>108.52</t>
+  </si>
+  <si>
+    <t>106.35</t>
+  </si>
+  <si>
+    <t>2023-08-02</t>
+  </si>
+  <si>
+    <t>109.36</t>
+  </si>
+  <si>
+    <t>107.2</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>109.21</t>
+  </si>
+  <si>
+    <t>106.51</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>111.34</t>
+  </si>
+  <si>
+    <t>110.38</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>109.55</t>
+  </si>
+  <si>
+    <t>107.1</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>110.15</t>
+  </si>
+  <si>
+    <t>104.93</t>
+  </si>
+  <si>
+    <t>2023-11-22</t>
+  </si>
+  <si>
+    <t>111.36</t>
+  </si>
+  <si>
+    <t>109.24</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>114.13</t>
+  </si>
+  <si>
+    <t>117.76</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>114.8</t>
+  </si>
+  <si>
+    <t>121.13</t>
+  </si>
+  <si>
+    <t>2024-01-29</t>
+  </si>
+  <si>
+    <t>116.04</t>
+  </si>
+  <si>
+    <t>121.5</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>117.71</t>
+  </si>
+  <si>
+    <t>124.68</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>118.86</t>
+  </si>
+  <si>
+    <t>125.9</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>121.88</t>
+  </si>
+  <si>
+    <t>127.92</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>121.58</t>
+  </si>
+  <si>
+    <t>129.23</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>122.35</t>
+  </si>
+  <si>
+    <t>130.27</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>123.96</t>
+  </si>
+  <si>
+    <t>134.21</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>126.86</t>
+  </si>
+  <si>
+    <t>139.71</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>127.72</t>
+  </si>
+  <si>
+    <t>142.44</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>128.03</t>
+  </si>
+  <si>
+    <t>141.32</t>
+  </si>
+  <si>
+    <t>2024-09-09</t>
+  </si>
+  <si>
+    <t>128.79</t>
+  </si>
+  <si>
+    <t>143.38</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>132.81</t>
+  </si>
+  <si>
+    <t>148.22</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>132.17</t>
   </si>
   <si>
     <t>139.72</t>
   </si>
   <si>
-    <t>138.75</t>
-[...80 lines deleted...]
-    <t>144.57</t>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>130.05</t>
+  </si>
+  <si>
+    <t>134.2</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>132.29</t>
+  </si>
+  <si>
+    <t>141.46</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>129.55</t>
+  </si>
+  <si>
+    <t>135.05</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>131.76</t>
+  </si>
+  <si>
+    <t>132.56</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>132.96</t>
+  </si>
+  <si>
+    <t>132.98</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>130.08</t>
+  </si>
+  <si>
+    <t>124.1</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>132.78</t>
+  </si>
+  <si>
+    <t>133.17</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>134.5</t>
+  </si>
+  <si>
+    <t>136.29</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>136.21</t>
+  </si>
+  <si>
+    <t>138.28</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>138.64</t>
+  </si>
+  <si>
+    <t>138.7</t>
+  </si>
+  <si>
+    <t>2025-06-24</t>
+  </si>
+  <si>
+    <t>139.6</t>
+  </si>
+  <si>
+    <t>141.29</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>139.62</t>
+  </si>
+  <si>
+    <t>142.48</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>140.44</t>
+  </si>
+  <si>
+    <t>139.23</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>139.88</t>
+  </si>
+  <si>
+    <t>138.24</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>142.7</t>
+  </si>
+  <si>
+    <t>143.77</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>145.03</t>
+  </si>
+  <si>
+    <t>142.9</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>145.81</t>
+  </si>
+  <si>
+    <t>144.88</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>144.98</t>
+  </si>
+  <si>
+    <t>147.41</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>145.29</t>
+  </si>
+  <si>
+    <t>145.2</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>146.32</t>
+  </si>
+  <si>
+    <t>145.87</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>148.27</t>
+  </si>
+  <si>
+    <t>139.93</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>148.49</t>
+  </si>
+  <si>
+    <t>144.51</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>146.57</t>
+  </si>
+  <si>
+    <t>132.6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -1018,800 +1015,800 @@
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>