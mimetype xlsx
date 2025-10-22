--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -4,135 +4,411 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Samvat 2082 Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>100.3</t>
+  </si>
+  <si>
+    <t>100.69</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>100.4</t>
+  </si>
+  <si>
+    <t>100.97</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>100.96</t>
+  </si>
+  <si>
+    <t>101.28</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>101.43</t>
+  </si>
+  <si>
+    <t>100.76</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>103.86</t>
+  </si>
+  <si>
+    <t>101.38</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>103.92</t>
+  </si>
+  <si>
+    <t>102.13</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>105.31</t>
+  </si>
+  <si>
+    <t>101.95</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>106.03</t>
+  </si>
+  <si>
+    <t>101.04</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>105.46</t>
+  </si>
+  <si>
+    <t>101.87</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>103.53</t>
+  </si>
+  <si>
+    <t>102.12</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>103.73</t>
+  </si>
+  <si>
+    <t>102.06</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>101.75</t>
+  </si>
+  <si>
+    <t>102.54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>