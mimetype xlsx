--- v1 (2025-10-22)
+++ v2 (2025-11-12)
@@ -4,225 +4,162 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Samvat 2082 Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-10-03</t>
-[...34 lines deleted...]
-  <si>
     <t>2025-10-09</t>
   </si>
   <si>
     <t>103.86</t>
   </si>
   <si>
     <t>101.38</t>
   </si>
   <si>
-    <t>2025-10-10</t>
-[...11 lines deleted...]
-    <t>105.31</t>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>103.53</t>
+  </si>
+  <si>
+    <t>102.12</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>100.39</t>
+  </si>
+  <si>
+    <t>103.64</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>102.78</t>
+  </si>
+  <si>
+    <t>104.27</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>100.45</t>
   </si>
   <si>
     <t>101.95</t>
-  </si>
-[...43 lines deleted...]
-    <t>102.54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -279,136 +216,38 @@
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
-[...96 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>