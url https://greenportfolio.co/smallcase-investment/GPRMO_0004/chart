--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -4,945 +4,954 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-27</t>
-[...74 lines deleted...]
-    <t>143.39</t>
+    <t>2020-03-26</t>
+  </si>
+  <si>
+    <t>93.66</t>
+  </si>
+  <si>
+    <t>91.39</t>
+  </si>
+  <si>
+    <t>2020-04-22</t>
+  </si>
+  <si>
+    <t>108.49</t>
+  </si>
+  <si>
+    <t>102.16</t>
+  </si>
+  <si>
+    <t>2020-05-14</t>
+  </si>
+  <si>
+    <t>109.12</t>
+  </si>
+  <si>
+    <t>101.31</t>
+  </si>
+  <si>
+    <t>2020-06-05</t>
+  </si>
+  <si>
+    <t>120.24</t>
+  </si>
+  <si>
+    <t>113.84</t>
+  </si>
+  <si>
+    <t>2020-06-26</t>
+  </si>
+  <si>
+    <t>124.2</t>
+  </si>
+  <si>
+    <t>121.19</t>
+  </si>
+  <si>
+    <t>2020-07-17</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>124.88</t>
+  </si>
+  <si>
+    <t>2020-08-07</t>
+  </si>
+  <si>
+    <t>135.34</t>
+  </si>
+  <si>
+    <t>135.46</t>
+  </si>
+  <si>
+    <t>2020-08-28</t>
+  </si>
+  <si>
+    <t>149.19</t>
+  </si>
+  <si>
+    <t>151.01</t>
+  </si>
+  <si>
+    <t>2020-09-18</t>
   </si>
   <si>
     <t>148.2</t>
   </si>
   <si>
-    <t>2020-10-13</t>
-[...200 lines deleted...]
-    <t>285.44</t>
+    <t>154.21</t>
+  </si>
+  <si>
+    <t>2020-10-12</t>
+  </si>
+  <si>
+    <t>137.56</t>
+  </si>
+  <si>
+    <t>150.7</t>
+  </si>
+  <si>
+    <t>2020-11-02</t>
+  </si>
+  <si>
+    <t>138.64</t>
+  </si>
+  <si>
+    <t>147.44</t>
+  </si>
+  <si>
+    <t>2020-11-24</t>
+  </si>
+  <si>
+    <t>156.33</t>
+  </si>
+  <si>
+    <t>164.21</t>
+  </si>
+  <si>
+    <t>2020-12-16</t>
+  </si>
+  <si>
+    <t>171.57</t>
+  </si>
+  <si>
+    <t>179.2</t>
+  </si>
+  <si>
+    <t>2021-01-07</t>
+  </si>
+  <si>
+    <t>181.28</t>
+  </si>
+  <si>
+    <t>190.43</t>
+  </si>
+  <si>
+    <t>2021-01-29</t>
+  </si>
+  <si>
+    <t>172.27</t>
+  </si>
+  <si>
+    <t>184.72</t>
+  </si>
+  <si>
+    <t>2021-02-19</t>
+  </si>
+  <si>
+    <t>188.91</t>
+  </si>
+  <si>
+    <t>205.4</t>
+  </si>
+  <si>
+    <t>2021-03-15</t>
+  </si>
+  <si>
+    <t>204.23</t>
+  </si>
+  <si>
+    <t>216.62</t>
+  </si>
+  <si>
+    <t>2021-04-07</t>
+  </si>
+  <si>
+    <t>207.13</t>
+  </si>
+  <si>
+    <t>216.57</t>
+  </si>
+  <si>
+    <t>2021-04-30</t>
+  </si>
+  <si>
+    <t>212.83</t>
+  </si>
+  <si>
+    <t>220.45</t>
+  </si>
+  <si>
+    <t>2021-05-24</t>
+  </si>
+  <si>
+    <t>229.41</t>
+  </si>
+  <si>
+    <t>236.26</t>
+  </si>
+  <si>
+    <t>2021-06-14</t>
+  </si>
+  <si>
+    <t>246.72</t>
+  </si>
+  <si>
+    <t>250.1</t>
+  </si>
+  <si>
+    <t>2021-07-05</t>
+  </si>
+  <si>
+    <t>256.77</t>
+  </si>
+  <si>
+    <t>256.9</t>
+  </si>
+  <si>
+    <t>2021-07-27</t>
+  </si>
+  <si>
+    <t>263.85</t>
+  </si>
+  <si>
+    <t>268.53</t>
+  </si>
+  <si>
+    <t>2021-08-17</t>
+  </si>
+  <si>
+    <t>256.54</t>
+  </si>
+  <si>
+    <t>259.84</t>
+  </si>
+  <si>
+    <t>2021-09-08</t>
+  </si>
+  <si>
+    <t>256.06</t>
+  </si>
+  <si>
+    <t>273.32</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
   </si>
   <si>
     <t>275.23</t>
   </si>
   <si>
-    <t>2022-03-07</t>
-[...536 lines deleted...]
-    <t>462.86</t>
+    <t>280.29</t>
+  </si>
+  <si>
+    <t>2021-10-22</t>
+  </si>
+  <si>
+    <t>273.16</t>
+  </si>
+  <si>
+    <t>282.44</t>
+  </si>
+  <si>
+    <t>2021-11-16</t>
+  </si>
+  <si>
+    <t>279.02</t>
+  </si>
+  <si>
+    <t>288.41</t>
+  </si>
+  <si>
+    <t>2021-12-08</t>
+  </si>
+  <si>
+    <t>275.27</t>
+  </si>
+  <si>
+    <t>283.75</t>
+  </si>
+  <si>
+    <t>2021-12-29</t>
+  </si>
+  <si>
+    <t>273.91</t>
+  </si>
+  <si>
+    <t>285.82</t>
+  </si>
+  <si>
+    <t>2022-01-19</t>
+  </si>
+  <si>
+    <t>285.8</t>
+  </si>
+  <si>
+    <t>300.85</t>
+  </si>
+  <si>
+    <t>2022-02-10</t>
+  </si>
+  <si>
+    <t>289.69</t>
+  </si>
+  <si>
+    <t>281.91</t>
+  </si>
+  <si>
+    <t>2022-03-04</t>
+  </si>
+  <si>
+    <t>259.64</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>2022-03-28</t>
+  </si>
+  <si>
+    <t>275.15</t>
+  </si>
+  <si>
+    <t>263.29</t>
+  </si>
+  <si>
+    <t>2022-04-20</t>
+  </si>
+  <si>
+    <t>297.62</t>
+  </si>
+  <si>
+    <t>267.93</t>
+  </si>
+  <si>
+    <t>2022-05-12</t>
+  </si>
+  <si>
+    <t>259.78</t>
+  </si>
+  <si>
+    <t>224.29</t>
+  </si>
+  <si>
+    <t>2022-06-02</t>
+  </si>
+  <si>
+    <t>285.29</t>
+  </si>
+  <si>
+    <t>239.12</t>
+  </si>
+  <si>
+    <t>2022-06-23</t>
+  </si>
+  <si>
+    <t>257.63</t>
+  </si>
+  <si>
+    <t>212.23</t>
+  </si>
+  <si>
+    <t>2022-07-14</t>
+  </si>
+  <si>
+    <t>274.74</t>
+  </si>
+  <si>
+    <t>223.79</t>
+  </si>
+  <si>
+    <t>2022-08-04</t>
+  </si>
+  <si>
+    <t>284.68</t>
+  </si>
+  <si>
+    <t>239.97</t>
+  </si>
+  <si>
+    <t>2022-08-29</t>
+  </si>
+  <si>
+    <t>286.23</t>
+  </si>
+  <si>
+    <t>244.57</t>
+  </si>
+  <si>
+    <t>2022-09-20</t>
+  </si>
+  <si>
+    <t>305.05</t>
+  </si>
+  <si>
+    <t>253.07</t>
+  </si>
+  <si>
+    <t>2022-10-12</t>
+  </si>
+  <si>
+    <t>286.86</t>
+  </si>
+  <si>
+    <t>245.9</t>
+  </si>
+  <si>
+    <t>2022-11-04</t>
+  </si>
+  <si>
+    <t>300.26</t>
+  </si>
+  <si>
+    <t>251.1</t>
+  </si>
+  <si>
+    <t>2022-11-28</t>
+  </si>
+  <si>
+    <t>306.63</t>
+  </si>
+  <si>
+    <t>256.64</t>
+  </si>
+  <si>
+    <t>2022-12-19</t>
+  </si>
+  <si>
+    <t>311.99</t>
+  </si>
+  <si>
+    <t>257.83</t>
+  </si>
+  <si>
+    <t>2023-01-09</t>
+  </si>
+  <si>
+    <t>305.9</t>
+  </si>
+  <si>
+    <t>249.91</t>
+  </si>
+  <si>
+    <t>2023-01-31</t>
+  </si>
+  <si>
+    <t>298.78</t>
+  </si>
+  <si>
+    <t>244.56</t>
+  </si>
+  <si>
+    <t>2023-02-21</t>
+  </si>
+  <si>
+    <t>301.08</t>
+  </si>
+  <si>
+    <t>240.69</t>
+  </si>
+  <si>
+    <t>2023-03-15</t>
+  </si>
+  <si>
+    <t>291.18</t>
+  </si>
+  <si>
+    <t>233.71</t>
+  </si>
+  <si>
+    <t>2023-04-10</t>
+  </si>
+  <si>
+    <t>295.45</t>
+  </si>
+  <si>
+    <t>237.4</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>306.22</t>
+  </si>
+  <si>
+    <t>250.5</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>313.42</t>
+  </si>
+  <si>
+    <t>256.08</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>331.37</t>
+  </si>
+  <si>
+    <t>273.35</t>
+  </si>
+  <si>
+    <t>2023-07-06</t>
+  </si>
+  <si>
+    <t>349.95</t>
+  </si>
+  <si>
+    <t>287.43</t>
+  </si>
+  <si>
+    <t>2023-07-27</t>
+  </si>
+  <si>
+    <t>354.81</t>
+  </si>
+  <si>
+    <t>298.02</t>
+  </si>
+  <si>
+    <t>2023-08-18</t>
+  </si>
+  <si>
+    <t>369.39</t>
+  </si>
+  <si>
+    <t>300.71</t>
+  </si>
+  <si>
+    <t>2023-09-08</t>
+  </si>
+  <si>
+    <t>393.98</t>
+  </si>
+  <si>
+    <t>329.77</t>
+  </si>
+  <si>
+    <t>2023-10-03</t>
+  </si>
+  <si>
+    <t>385.65</t>
+  </si>
+  <si>
+    <t>329.87</t>
+  </si>
+  <si>
+    <t>2023-10-25</t>
+  </si>
+  <si>
+    <t>378.12</t>
+  </si>
+  <si>
+    <t>320.02</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>404.24</t>
+  </si>
+  <si>
+    <t>356.97</t>
+  </si>
+  <si>
+    <t>2023-12-08</t>
+  </si>
+  <si>
+    <t>432.44</t>
+  </si>
+  <si>
+    <t>370.73</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>391.89</t>
+  </si>
+  <si>
+    <t>2024-01-20</t>
+  </si>
+  <si>
+    <t>478.18</t>
+  </si>
+  <si>
+    <t>399.43</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>466.16</t>
+  </si>
+  <si>
+    <t>402.64</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>472.6</t>
+  </si>
+  <si>
+    <t>408.93</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>446.7</t>
+  </si>
+  <si>
+    <t>393.04</t>
+  </si>
+  <si>
+    <t>2024-04-23</t>
+  </si>
+  <si>
+    <t>475.41</t>
+  </si>
+  <si>
+    <t>429.5</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>481.14</t>
+  </si>
+  <si>
+    <t>423.59</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>481.21</t>
+  </si>
+  <si>
+    <t>433.08</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>506.73</t>
+  </si>
+  <si>
+    <t>471.47</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>516.57</t>
+  </si>
+  <si>
+    <t>477.78</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>529.37</t>
+  </si>
+  <si>
+    <t>474.73</t>
+  </si>
+  <si>
+    <t>2024-09-03</t>
+  </si>
+  <si>
+    <t>549.97</t>
+  </si>
+  <si>
+    <t>497.44</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>555.55</t>
+  </si>
+  <si>
+    <t>500.36</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>555.11</t>
+  </si>
+  <si>
+    <t>496.88</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>550.33</t>
+  </si>
+  <si>
+    <t>482.95</t>
+  </si>
+  <si>
+    <t>2024-12-02</t>
+  </si>
+  <si>
+    <t>574.58</t>
+  </si>
+  <si>
+    <t>485.04</t>
+  </si>
+  <si>
+    <t>2024-12-23</t>
+  </si>
+  <si>
+    <t>569.21</t>
+  </si>
+  <si>
+    <t>480.99</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>544.47</t>
+  </si>
+  <si>
+    <t>444.19</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>524.51</t>
+  </si>
+  <si>
+    <t>427.71</t>
+  </si>
+  <si>
+    <t>2025-02-24</t>
+  </si>
+  <si>
+    <t>479.8</t>
+  </si>
+  <si>
+    <t>398.36</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>492.16</t>
+  </si>
+  <si>
+    <t>405.32</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>495.26</t>
+  </si>
+  <si>
+    <t>403.99</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>509.65</t>
+  </si>
+  <si>
+    <t>422.57</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>552.98</t>
+  </si>
+  <si>
+    <t>457.73</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>565.03</t>
+  </si>
+  <si>
+    <t>473.03</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>573.96</t>
+  </si>
+  <si>
+    <t>489.22</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>564.45</t>
+  </si>
+  <si>
+    <t>467.33</t>
+  </si>
+  <si>
+    <t>2025-08-21</t>
+  </si>
+  <si>
+    <t>568.77</t>
+  </si>
+  <si>
+    <t>462.42</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>585.52</t>
+  </si>
+  <si>
+    <t>463.03</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>603.49</t>
+  </si>
+  <si>
+    <t>461.44</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>604.36</t>
+  </si>
+  <si>
+    <t>475.84</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D94"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2214,41 +2223,55 @@
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>