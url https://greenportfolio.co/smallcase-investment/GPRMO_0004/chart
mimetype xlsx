--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -4,954 +4,969 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-26</t>
-[...833 lines deleted...]
-    <t>475.84</t>
+    <t>2020-04-07</t>
+  </si>
+  <si>
+    <t>101.38</t>
+  </si>
+  <si>
+    <t>93.03</t>
+  </si>
+  <si>
+    <t>2020-04-30</t>
+  </si>
+  <si>
+    <t>113.31</t>
+  </si>
+  <si>
+    <t>104.96</t>
+  </si>
+  <si>
+    <t>2020-05-22</t>
+  </si>
+  <si>
+    <t>107.47</t>
+  </si>
+  <si>
+    <t>99.11</t>
+  </si>
+  <si>
+    <t>2020-06-15</t>
+  </si>
+  <si>
+    <t>119.41</t>
+  </si>
+  <si>
+    <t>113.5</t>
+  </si>
+  <si>
+    <t>2020-07-06</t>
+  </si>
+  <si>
+    <t>129.46</t>
+  </si>
+  <si>
+    <t>123.33</t>
+  </si>
+  <si>
+    <t>2020-07-27</t>
+  </si>
+  <si>
+    <t>125.62</t>
+  </si>
+  <si>
+    <t>127.65</t>
+  </si>
+  <si>
+    <t>2020-08-17</t>
+  </si>
+  <si>
+    <t>142.84</t>
+  </si>
+  <si>
+    <t>139.36</t>
+  </si>
+  <si>
+    <t>2020-09-07</t>
+  </si>
+  <si>
+    <t>144.09</t>
+  </si>
+  <si>
+    <t>146.33</t>
+  </si>
+  <si>
+    <t>2020-09-28</t>
+  </si>
+  <si>
+    <t>143.53</t>
+  </si>
+  <si>
+    <t>150.76</t>
+  </si>
+  <si>
+    <t>2020-10-20</t>
+  </si>
+  <si>
+    <t>141.28</t>
+  </si>
+  <si>
+    <t>151.97</t>
+  </si>
+  <si>
+    <t>2020-11-10</t>
+  </si>
+  <si>
+    <t>141.8</t>
+  </si>
+  <si>
+    <t>151.21</t>
+  </si>
+  <si>
+    <t>2020-12-03</t>
+  </si>
+  <si>
+    <t>164.31</t>
+  </si>
+  <si>
+    <t>171.81</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>171.01</t>
+  </si>
+  <si>
+    <t>177.65</t>
+  </si>
+  <si>
+    <t>2021-01-15</t>
+  </si>
+  <si>
+    <t>180.3</t>
+  </si>
+  <si>
+    <t>190.51</t>
+  </si>
+  <si>
+    <t>2021-02-08</t>
+  </si>
+  <si>
+    <t>188.14</t>
+  </si>
+  <si>
+    <t>199.56</t>
+  </si>
+  <si>
+    <t>2021-03-01</t>
+  </si>
+  <si>
+    <t>194.34</t>
+  </si>
+  <si>
+    <t>211.48</t>
+  </si>
+  <si>
+    <t>2021-03-23</t>
+  </si>
+  <si>
+    <t>201.33</t>
+  </si>
+  <si>
+    <t>212.07</t>
+  </si>
+  <si>
+    <t>2021-04-16</t>
+  </si>
+  <si>
+    <t>207.59</t>
+  </si>
+  <si>
+    <t>212.69</t>
+  </si>
+  <si>
+    <t>2021-05-10</t>
+  </si>
+  <si>
+    <t>223.51</t>
+  </si>
+  <si>
+    <t>228.31</t>
+  </si>
+  <si>
+    <t>2021-06-01</t>
+  </si>
+  <si>
+    <t>230.6</t>
+  </si>
+  <si>
+    <t>236.98</t>
+  </si>
+  <si>
+    <t>2021-06-22</t>
+  </si>
+  <si>
+    <t>247.31</t>
+  </si>
+  <si>
+    <t>249.31</t>
+  </si>
+  <si>
+    <t>2021-07-13</t>
+  </si>
+  <si>
+    <t>263.86</t>
+  </si>
+  <si>
+    <t>262.29</t>
+  </si>
+  <si>
+    <t>2021-08-04</t>
+  </si>
+  <si>
+    <t>263.31</t>
+  </si>
+  <si>
+    <t>269.86</t>
+  </si>
+  <si>
+    <t>2021-08-26</t>
+  </si>
+  <si>
+    <t>247.05</t>
+  </si>
+  <si>
+    <t>256.43</t>
+  </si>
+  <si>
+    <t>2021-09-17</t>
+  </si>
+  <si>
+    <t>271.89</t>
+  </si>
+  <si>
+    <t>277.67</t>
+  </si>
+  <si>
+    <t>2021-10-08</t>
+  </si>
+  <si>
+    <t>284.61</t>
+  </si>
+  <si>
+    <t>290.99</t>
+  </si>
+  <si>
+    <t>2021-11-01</t>
+  </si>
+  <si>
+    <t>271.04</t>
+  </si>
+  <si>
+    <t>279.52</t>
+  </si>
+  <si>
+    <t>2021-11-25</t>
+  </si>
+  <si>
+    <t>276.69</t>
+  </si>
+  <si>
+    <t>285.48</t>
+  </si>
+  <si>
+    <t>2021-12-16</t>
+  </si>
+  <si>
+    <t>275.12</t>
+  </si>
+  <si>
+    <t>286.36</t>
+  </si>
+  <si>
+    <t>2022-01-06</t>
+  </si>
+  <si>
+    <t>279.68</t>
+  </si>
+  <si>
+    <t>294.71</t>
+  </si>
+  <si>
+    <t>2022-01-28</t>
+  </si>
+  <si>
+    <t>277.38</t>
+  </si>
+  <si>
+    <t>282.91</t>
+  </si>
+  <si>
+    <t>2022-02-18</t>
+  </si>
+  <si>
+    <t>272.97</t>
+  </si>
+  <si>
+    <t>265.9</t>
+  </si>
+  <si>
+    <t>2022-03-14</t>
+  </si>
+  <si>
+    <t>269.21</t>
+  </si>
+  <si>
+    <t>262.03</t>
+  </si>
+  <si>
+    <t>2022-04-05</t>
+  </si>
+  <si>
+    <t>290.75</t>
+  </si>
+  <si>
+    <t>279.91</t>
+  </si>
+  <si>
+    <t>2022-04-28</t>
+  </si>
+  <si>
+    <t>296.72</t>
+  </si>
+  <si>
+    <t>267.08</t>
+  </si>
+  <si>
+    <t>2022-05-20</t>
+  </si>
+  <si>
+    <t>280.44</t>
+  </si>
+  <si>
+    <t>235.15</t>
+  </si>
+  <si>
+    <t>2022-06-10</t>
+  </si>
+  <si>
+    <t>281.18</t>
+  </si>
+  <si>
+    <t>230.49</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>266.08</t>
+  </si>
+  <si>
+    <t>218.2</t>
+  </si>
+  <si>
+    <t>2022-07-22</t>
+  </si>
+  <si>
+    <t>282.14</t>
+  </si>
+  <si>
+    <t>234.96</t>
+  </si>
+  <si>
+    <t>2022-08-16</t>
+  </si>
+  <si>
+    <t>288.7</t>
+  </si>
+  <si>
+    <t>244.81</t>
+  </si>
+  <si>
+    <t>2022-09-07</t>
+  </si>
+  <si>
+    <t>296.23</t>
+  </si>
+  <si>
+    <t>253.17</t>
+  </si>
+  <si>
+    <t>2022-09-28</t>
+  </si>
+  <si>
+    <t>281.3</t>
+  </si>
+  <si>
+    <t>237.71</t>
+  </si>
+  <si>
+    <t>2022-10-20</t>
+  </si>
+  <si>
+    <t>285.66</t>
+  </si>
+  <si>
+    <t>248.81</t>
+  </si>
+  <si>
+    <t>2022-11-15</t>
+  </si>
+  <si>
+    <t>298.64</t>
+  </si>
+  <si>
+    <t>251.65</t>
+  </si>
+  <si>
+    <t>2022-12-06</t>
+  </si>
+  <si>
+    <t>317.41</t>
+  </si>
+  <si>
+    <t>260.14</t>
+  </si>
+  <si>
+    <t>2022-12-27</t>
+  </si>
+  <si>
+    <t>302.79</t>
+  </si>
+  <si>
+    <t>248.27</t>
+  </si>
+  <si>
+    <t>2023-01-17</t>
+  </si>
+  <si>
+    <t>301.32</t>
+  </si>
+  <si>
+    <t>248.76</t>
+  </si>
+  <si>
+    <t>2023-02-08</t>
+  </si>
+  <si>
+    <t>302.69</t>
+  </si>
+  <si>
+    <t>243.97</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>299.6</t>
+  </si>
+  <si>
+    <t>238.8</t>
+  </si>
+  <si>
+    <t>2023-03-23</t>
+  </si>
+  <si>
+    <t>289.53</t>
+  </si>
+  <si>
+    <t>233.59</t>
+  </si>
+  <si>
+    <t>2023-04-19</t>
+  </si>
+  <si>
+    <t>299.4</t>
+  </si>
+  <si>
+    <t>241.6</t>
+  </si>
+  <si>
+    <t>2023-05-11</t>
+  </si>
+  <si>
+    <t>312.47</t>
+  </si>
+  <si>
+    <t>254.32</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>317.11</t>
+  </si>
+  <si>
+    <t>264.33</t>
+  </si>
+  <si>
+    <t>2023-06-22</t>
+  </si>
+  <si>
+    <t>335.37</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>351.51</t>
+  </si>
+  <si>
+    <t>291.46</t>
+  </si>
+  <si>
+    <t>2023-08-04</t>
+  </si>
+  <si>
+    <t>368.64</t>
+  </si>
+  <si>
+    <t>301.09</t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>372.21</t>
+  </si>
+  <si>
+    <t>307.76</t>
+  </si>
+  <si>
+    <t>2023-09-18</t>
+  </si>
+  <si>
+    <t>387.45</t>
+  </si>
+  <si>
+    <t>327.53</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>388.79</t>
+  </si>
+  <si>
+    <t>331.18</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>381.93</t>
+  </si>
+  <si>
+    <t>329.71</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>414.63</t>
+  </si>
+  <si>
+    <t>355.9</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>443.12</t>
+  </si>
+  <si>
+    <t>385.27</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>459.86</t>
+  </si>
+  <si>
+    <t>396.62</t>
+  </si>
+  <si>
+    <t>2024-01-31</t>
+  </si>
+  <si>
+    <t>489.57</t>
+  </si>
+  <si>
+    <t>412.49</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>472.69</t>
+  </si>
+  <si>
+    <t>411.94</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>439.92</t>
+  </si>
+  <si>
+    <t>380.63</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>479.01</t>
+  </si>
+  <si>
+    <t>422.29</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>487.05</t>
+  </si>
+  <si>
+    <t>438.05</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>491.68</t>
+  </si>
+  <si>
+    <t>434.54</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>506.29</t>
+  </si>
+  <si>
+    <t>464.41</t>
+  </si>
+  <si>
+    <t>2024-07-08</t>
+  </si>
+  <si>
+    <t>515.09</t>
+  </si>
+  <si>
+    <t>487.09</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>540.91</t>
+  </si>
+  <si>
+    <t>494.37</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>535.32</t>
+  </si>
+  <si>
+    <t>490.76</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>549.49</t>
+  </si>
+  <si>
+    <t>493.19</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>555.4</t>
+  </si>
+  <si>
+    <t>487.81</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>526.57</t>
+  </si>
+  <si>
+    <t>469.7</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>541.42</t>
+  </si>
+  <si>
+    <t>450.61</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>594.75</t>
+  </si>
+  <si>
+    <t>504.04</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>572.99</t>
+  </si>
+  <si>
+    <t>487.99</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>543.11</t>
+  </si>
+  <si>
+    <t>441.99</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>502.94</t>
+  </si>
+  <si>
+    <t>413.73</t>
+  </si>
+  <si>
+    <t>2025-03-05</t>
+  </si>
+  <si>
+    <t>472.76</t>
+  </si>
+  <si>
+    <t>391.2</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>491.99</t>
+  </si>
+  <si>
+    <t>414.9</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>534.77</t>
+  </si>
+  <si>
+    <t>436.77</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>544.72</t>
+  </si>
+  <si>
+    <t>443.73</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>563.26</t>
+  </si>
+  <si>
+    <t>474.43</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>570.06</t>
+  </si>
+  <si>
+    <t>484.03</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>581.15</t>
+  </si>
+  <si>
+    <t>492.05</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>547.53</t>
+  </si>
+  <si>
+    <t>455.38</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>566.62</t>
+  </si>
+  <si>
+    <t>450.37</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>606.57</t>
+  </si>
+  <si>
+    <t>470.73</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>590.6</t>
+  </si>
+  <si>
+    <t>461.75</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>606.82</t>
+  </si>
+  <si>
+    <t>465.25</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>602.79</t>
+  </si>
+  <si>
+    <t>458.9</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>600.35</t>
+  </si>
+  <si>
+    <t>447.6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D97"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1688,590 +1703,618 @@
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>167</v>
+        <v>88</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D95" s="0" t="s">
+      <c r="B96" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>