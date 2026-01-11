--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -4,969 +4,981 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="294">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-07</t>
-[...848 lines deleted...]
-    <t>447.6</t>
+    <t>2020-04-03</t>
+  </si>
+  <si>
+    <t>97.04</t>
+  </si>
+  <si>
+    <t>89.72</t>
+  </si>
+  <si>
+    <t>2020-04-29</t>
+  </si>
+  <si>
+    <t>110.55</t>
+  </si>
+  <si>
+    <t>104.26</t>
+  </si>
+  <si>
+    <t>2020-05-21</t>
+  </si>
+  <si>
+    <t>108.2</t>
+  </si>
+  <si>
+    <t>99.74</t>
+  </si>
+  <si>
+    <t>2020-06-12</t>
+  </si>
+  <si>
+    <t>120.19</t>
+  </si>
+  <si>
+    <t>113.08</t>
+  </si>
+  <si>
+    <t>2020-07-03</t>
+  </si>
+  <si>
+    <t>127.59</t>
+  </si>
+  <si>
+    <t>121.12</t>
+  </si>
+  <si>
+    <t>2020-07-24</t>
+  </si>
+  <si>
+    <t>128.15</t>
+  </si>
+  <si>
+    <t>128.42</t>
+  </si>
+  <si>
+    <t>2020-08-14</t>
+  </si>
+  <si>
+    <t>140.34</t>
+  </si>
+  <si>
+    <t>138.2</t>
+  </si>
+  <si>
+    <t>2020-09-04</t>
+  </si>
+  <si>
+    <t>143.92</t>
+  </si>
+  <si>
+    <t>146.17</t>
+  </si>
+  <si>
+    <t>2020-09-25</t>
+  </si>
+  <si>
+    <t>141.51</t>
+  </si>
+  <si>
+    <t>145.55</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>141.39</t>
+  </si>
+  <si>
+    <t>151.39</t>
+  </si>
+  <si>
+    <t>2020-11-09</t>
+  </si>
+  <si>
+    <t>142.46</t>
+  </si>
+  <si>
+    <t>151.3</t>
+  </si>
+  <si>
+    <t>2020-12-02</t>
+  </si>
+  <si>
+    <t>162.13</t>
+  </si>
+  <si>
+    <t>170.71</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>167.21</t>
+  </si>
+  <si>
+    <t>176.06</t>
+  </si>
+  <si>
+    <t>2021-01-14</t>
+  </si>
+  <si>
+    <t>182.16</t>
+  </si>
+  <si>
+    <t>192.56</t>
+  </si>
+  <si>
+    <t>2021-02-05</t>
+  </si>
+  <si>
+    <t>185.31</t>
+  </si>
+  <si>
+    <t>196.56</t>
+  </si>
+  <si>
+    <t>2021-02-26</t>
+  </si>
+  <si>
+    <t>192.97</t>
+  </si>
+  <si>
+    <t>207.19</t>
+  </si>
+  <si>
+    <t>2021-03-22</t>
+  </si>
+  <si>
+    <t>200.65</t>
+  </si>
+  <si>
+    <t>211.3</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>203.62</t>
+  </si>
+  <si>
+    <t>210.31</t>
+  </si>
+  <si>
+    <t>2021-05-07</t>
+  </si>
+  <si>
+    <t>219.95</t>
+  </si>
+  <si>
+    <t>224.88</t>
+  </si>
+  <si>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>233.8</t>
+  </si>
+  <si>
+    <t>238.52</t>
+  </si>
+  <si>
+    <t>2021-06-21</t>
+  </si>
+  <si>
+    <t>243.28</t>
+  </si>
+  <si>
+    <t>248.02</t>
+  </si>
+  <si>
+    <t>2021-07-12</t>
+  </si>
+  <si>
+    <t>261.18</t>
+  </si>
+  <si>
+    <t>259.61</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>268.01</t>
+  </si>
+  <si>
+    <t>272.62</t>
+  </si>
+  <si>
+    <t>2021-08-25</t>
+  </si>
+  <si>
+    <t>248.72</t>
+  </si>
+  <si>
+    <t>255.82</t>
+  </si>
+  <si>
+    <t>2021-09-16</t>
+  </si>
+  <si>
+    <t>271.12</t>
+  </si>
+  <si>
+    <t>279.7</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>282.68</t>
+  </si>
+  <si>
+    <t>287.45</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>268.35</t>
+  </si>
+  <si>
+    <t>277.12</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>273.54</t>
+  </si>
+  <si>
+    <t>283.31</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>276.98</t>
+  </si>
+  <si>
+    <t>288.76</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>278.36</t>
+  </si>
+  <si>
+    <t>294.1</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>276.37</t>
+  </si>
+  <si>
+    <t>280.26</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>274.59</t>
+  </si>
+  <si>
+    <t>268.75</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>267.82</t>
+  </si>
+  <si>
+    <t>261.46</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>287.31</t>
+  </si>
+  <si>
+    <t>277.55</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>295.39</t>
+  </si>
+  <si>
+    <t>266.12</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>270.94</t>
+  </si>
+  <si>
+    <t>229.39</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>282.07</t>
+  </si>
+  <si>
+    <t>233.05</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>266.74</t>
+  </si>
+  <si>
+    <t>217.37</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>281.51</t>
+  </si>
+  <si>
+    <t>234.09</t>
+  </si>
+  <si>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>286.25</t>
+  </si>
+  <si>
+    <t>242.5</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>293.36</t>
+  </si>
+  <si>
+    <t>251.2</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>284.44</t>
+  </si>
+  <si>
+    <t>239.01</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>286.07</t>
+  </si>
+  <si>
+    <t>248.53</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>299.19</t>
+  </si>
+  <si>
+    <t>251.01</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>317.26</t>
+  </si>
+  <si>
+    <t>260.56</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>297.57</t>
+  </si>
+  <si>
+    <t>245.35</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>302.32</t>
+  </si>
+  <si>
+    <t>248.86</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>299.88</t>
+  </si>
+  <si>
+    <t>241.93</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>294.54</t>
+  </si>
+  <si>
+    <t>235.65</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>290.27</t>
+  </si>
+  <si>
+    <t>234.59</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>298.07</t>
+  </si>
+  <si>
+    <t>241.84</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>311.58</t>
+  </si>
+  <si>
+    <t>252.99</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>315.31</t>
+  </si>
+  <si>
+    <t>261.66</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>339.04</t>
+  </si>
+  <si>
+    <t>278.8</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>349.03</t>
+  </si>
+  <si>
+    <t>287.39</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>367.47</t>
+  </si>
+  <si>
+    <t>298.82</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
+  </si>
+  <si>
+    <t>372.25</t>
+  </si>
+  <si>
+    <t>305.5</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>388.06</t>
+  </si>
+  <si>
+    <t>329.29</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>385.11</t>
+  </si>
+  <si>
+    <t>328.43</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>381.99</t>
+  </si>
+  <si>
+    <t>325.35</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>415.87</t>
+  </si>
+  <si>
+    <t>354.82</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>443.57</t>
+  </si>
+  <si>
+    <t>383.14</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>455.42</t>
+  </si>
+  <si>
+    <t>394.89</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>480.41</t>
+  </si>
+  <si>
+    <t>403.42</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>478.6</t>
+  </si>
+  <si>
+    <t>416.25</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>423.87</t>
+  </si>
+  <si>
+    <t>367.93</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>480.57</t>
+  </si>
+  <si>
+    <t>420.96</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>485.2</t>
+  </si>
+  <si>
+    <t>437.86</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>491.77</t>
+  </si>
+  <si>
+    <t>435.28</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>504.99</t>
+  </si>
+  <si>
+    <t>460.93</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>516.41</t>
+  </si>
+  <si>
+    <t>487.48</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>536.88</t>
+  </si>
+  <si>
+    <t>490.15</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>532.01</t>
+  </si>
+  <si>
+    <t>484.91</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>552.5</t>
+  </si>
+  <si>
+    <t>497.2</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>563.66</t>
+  </si>
+  <si>
+    <t>497.56</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>528.66</t>
+  </si>
+  <si>
+    <t>470.66</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>533.91</t>
+  </si>
+  <si>
+    <t>453.02</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>591.23</t>
+  </si>
+  <si>
+    <t>502.63</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>561.84</t>
+  </si>
+  <si>
+    <t>483.09</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>548.85</t>
+  </si>
+  <si>
+    <t>449.3</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>515.97</t>
+  </si>
+  <si>
+    <t>428.51</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>460.31</t>
+  </si>
+  <si>
+    <t>379.97</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>485.68</t>
+  </si>
+  <si>
+    <t>410.19</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>529.15</t>
+  </si>
+  <si>
+    <t>434.88</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>538.53</t>
+  </si>
+  <si>
+    <t>441.35</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>560.7</t>
+  </si>
+  <si>
+    <t>469.91</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>571.02</t>
+  </si>
+  <si>
+    <t>482.02</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>583.56</t>
+  </si>
+  <si>
+    <t>492.63</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>550.21</t>
+  </si>
+  <si>
+    <t>454.61</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>559.84</t>
+  </si>
+  <si>
+    <t>443.39</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>610.67</t>
+  </si>
+  <si>
+    <t>476.28</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>596.58</t>
+  </si>
+  <si>
+    <t>465.91</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>603.94</t>
+  </si>
+  <si>
+    <t>465.99</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>599.21</t>
+  </si>
+  <si>
+    <t>460.12</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>599.38</t>
+  </si>
+  <si>
+    <t>441.68</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>586.48</t>
+  </si>
+  <si>
+    <t>444.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D97"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1703,618 +1715,632 @@
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>88</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D97" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>