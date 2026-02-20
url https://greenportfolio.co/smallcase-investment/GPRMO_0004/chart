--- v3 (2026-01-11)
+++ v4 (2026-02-20)
@@ -4,981 +4,996 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-03</t>
-[...860 lines deleted...]
-    <t>444.83</t>
+    <t>2020-03-31</t>
+  </si>
+  <si>
+    <t>97.87</t>
+  </si>
+  <si>
+    <t>92.52</t>
+  </si>
+  <si>
+    <t>2020-04-27</t>
+  </si>
+  <si>
+    <t>109.29</t>
+  </si>
+  <si>
+    <t>102.75</t>
+  </si>
+  <si>
+    <t>2020-05-19</t>
+  </si>
+  <si>
+    <t>106.81</t>
+  </si>
+  <si>
+    <t>98.11</t>
+  </si>
+  <si>
+    <t>2020-06-10</t>
+  </si>
+  <si>
+    <t>122.25</t>
+  </si>
+  <si>
+    <t>114.2</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>123.78</t>
+  </si>
+  <si>
+    <t>119.79</t>
+  </si>
+  <si>
+    <t>2020-07-22</t>
+  </si>
+  <si>
+    <t>128.05</t>
+  </si>
+  <si>
+    <t>126.83</t>
+  </si>
+  <si>
+    <t>2020-08-12</t>
+  </si>
+  <si>
+    <t>139.34</t>
+  </si>
+  <si>
+    <t>138.81</t>
+  </si>
+  <si>
+    <t>2020-09-02</t>
+  </si>
+  <si>
+    <t>144.82</t>
+  </si>
+  <si>
+    <t>146.86</t>
+  </si>
+  <si>
+    <t>2020-09-23</t>
+  </si>
+  <si>
+    <t>141.2</t>
+  </si>
+  <si>
+    <t>145.62</t>
+  </si>
+  <si>
+    <t>2020-10-15</t>
+  </si>
+  <si>
+    <t>136.47</t>
+  </si>
+  <si>
+    <t>148.23</t>
+  </si>
+  <si>
+    <t>2020-11-05</t>
+  </si>
+  <si>
+    <t>140.12</t>
+  </si>
+  <si>
+    <t>149.91</t>
+  </si>
+  <si>
+    <t>2020-11-27</t>
+  </si>
+  <si>
+    <t>158.52</t>
+  </si>
+  <si>
+    <t>169.19</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>160.11</t>
+  </si>
+  <si>
+    <t>170.08</t>
+  </si>
+  <si>
+    <t>2021-01-12</t>
+  </si>
+  <si>
+    <t>183.38</t>
+  </si>
+  <si>
+    <t>191.67</t>
+  </si>
+  <si>
+    <t>2021-02-03</t>
+  </si>
+  <si>
+    <t>181.2</t>
+  </si>
+  <si>
+    <t>193.06</t>
+  </si>
+  <si>
+    <t>2021-02-24</t>
+  </si>
+  <si>
+    <t>193.9</t>
+  </si>
+  <si>
+    <t>206.78</t>
+  </si>
+  <si>
+    <t>2021-03-18</t>
+  </si>
+  <si>
+    <t>197.67</t>
+  </si>
+  <si>
+    <t>209.75</t>
+  </si>
+  <si>
+    <t>2021-04-12</t>
+  </si>
+  <si>
+    <t>198.51</t>
+  </si>
+  <si>
+    <t>208.07</t>
+  </si>
+  <si>
+    <t>2021-05-05</t>
+  </si>
+  <si>
+    <t>217.58</t>
+  </si>
+  <si>
+    <t>221.77</t>
+  </si>
+  <si>
+    <t>2021-05-27</t>
+  </si>
+  <si>
+    <t>232.02</t>
+  </si>
+  <si>
+    <t>239.89</t>
+  </si>
+  <si>
+    <t>2021-06-17</t>
+  </si>
+  <si>
+    <t>244.65</t>
+  </si>
+  <si>
+    <t>248.59</t>
+  </si>
+  <si>
+    <t>2021-07-08</t>
+  </si>
+  <si>
+    <t>254.71</t>
+  </si>
+  <si>
+    <t>256.67</t>
+  </si>
+  <si>
+    <t>2021-07-30</t>
+  </si>
+  <si>
+    <t>264.59</t>
+  </si>
+  <si>
+    <t>270.82</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>239.48</t>
+  </si>
+  <si>
+    <t>248.85</t>
+  </si>
+  <si>
+    <t>2021-09-14</t>
+  </si>
+  <si>
+    <t>267.39</t>
+  </si>
+  <si>
+    <t>277.35</t>
+  </si>
+  <si>
+    <t>2021-10-05</t>
+  </si>
+  <si>
+    <t>282.47</t>
+  </si>
+  <si>
+    <t>286.35</t>
+  </si>
+  <si>
+    <t>2021-10-27</t>
+  </si>
+  <si>
+    <t>276.19</t>
+  </si>
+  <si>
+    <t>283.66</t>
+  </si>
+  <si>
+    <t>2021-11-22</t>
+  </si>
+  <si>
+    <t>267.31</t>
+  </si>
+  <si>
+    <t>276.28</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>279.37</t>
+  </si>
+  <si>
+    <t>289.26</t>
+  </si>
+  <si>
+    <t>2022-01-03</t>
+  </si>
+  <si>
+    <t>277.43</t>
+  </si>
+  <si>
+    <t>293.89</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>272.96</t>
+  </si>
+  <si>
+    <t>279.8</t>
+  </si>
+  <si>
+    <t>2022-02-15</t>
+  </si>
+  <si>
+    <t>275.32</t>
+  </si>
+  <si>
+    <t>269.61</t>
+  </si>
+  <si>
+    <t>2022-03-09</t>
+  </si>
+  <si>
+    <t>264.61</t>
+  </si>
+  <si>
+    <t>255.52</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
+    <t>275.29</t>
+  </si>
+  <si>
+    <t>268.61</t>
+  </si>
+  <si>
+    <t>2022-04-25</t>
+  </si>
+  <si>
+    <t>294.17</t>
+  </si>
+  <si>
+    <t>264.66</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>272.29</t>
+  </si>
+  <si>
+    <t>236.63</t>
+  </si>
+  <si>
+    <t>2022-06-07</t>
+  </si>
+  <si>
+    <t>282.01</t>
+  </si>
+  <si>
+    <t>233.24</t>
+  </si>
+  <si>
+    <t>2022-06-28</t>
+  </si>
+  <si>
+    <t>268.13</t>
+  </si>
+  <si>
+    <t>219.61</t>
+  </si>
+  <si>
+    <t>2022-07-19</t>
+  </si>
+  <si>
+    <t>277.21</t>
+  </si>
+  <si>
+    <t>230.44</t>
+  </si>
+  <si>
+    <t>2022-08-10</t>
+  </si>
+  <si>
+    <t>284.65</t>
+  </si>
+  <si>
+    <t>239.8</t>
+  </si>
+  <si>
+    <t>2022-09-02</t>
+  </si>
+  <si>
+    <t>290.82</t>
+  </si>
+  <si>
+    <t>247.53</t>
+  </si>
+  <si>
+    <t>2022-09-23</t>
+  </si>
+  <si>
+    <t>294.3</t>
+  </si>
+  <si>
+    <t>246.82</t>
+  </si>
+  <si>
+    <t>2022-10-17</t>
+  </si>
+  <si>
+    <t>285.29</t>
+  </si>
+  <si>
+    <t>246.09</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>295.64</t>
+  </si>
+  <si>
+    <t>2022-12-01</t>
+  </si>
+  <si>
+    <t>312.72</t>
+  </si>
+  <si>
+    <t>257.88</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>299.73</t>
+  </si>
+  <si>
+    <t>248.05</t>
+  </si>
+  <si>
+    <t>2023-01-12</t>
+  </si>
+  <si>
+    <t>303.02</t>
+  </si>
+  <si>
+    <t>248.31</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>296.88</t>
+  </si>
+  <si>
+    <t>242.34</t>
+  </si>
+  <si>
+    <t>2023-02-24</t>
+  </si>
+  <si>
+    <t>296.64</t>
+  </si>
+  <si>
+    <t>237.35</t>
+  </si>
+  <si>
+    <t>2023-03-20</t>
+  </si>
+  <si>
+    <t>288.65</t>
+  </si>
+  <si>
+    <t>231.8</t>
+  </si>
+  <si>
+    <t>2023-04-13</t>
+  </si>
+  <si>
+    <t>296.34</t>
+  </si>
+  <si>
+    <t>240.33</t>
+  </si>
+  <si>
+    <t>2023-05-08</t>
+  </si>
+  <si>
+    <t>309.57</t>
+  </si>
+  <si>
+    <t>252.77</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>314.15</t>
+  </si>
+  <si>
+    <t>258.43</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>334.18</t>
+  </si>
+  <si>
+    <t>277.18</t>
+  </si>
+  <si>
+    <t>2023-07-11</t>
+  </si>
+  <si>
+    <t>351.1</t>
+  </si>
+  <si>
+    <t>288.11</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>365.45</t>
+  </si>
+  <si>
+    <t>303.27</t>
+  </si>
+  <si>
+    <t>2023-08-23</t>
+  </si>
+  <si>
+    <t>375.88</t>
+  </si>
+  <si>
+    <t>307.84</t>
+  </si>
+  <si>
+    <t>2023-09-13</t>
+  </si>
+  <si>
+    <t>381.72</t>
+  </si>
+  <si>
+    <t>323.7</t>
+  </si>
+  <si>
+    <t>2023-10-06</t>
+  </si>
+  <si>
+    <t>389.15</t>
+  </si>
+  <si>
+    <t>330.41</t>
+  </si>
+  <si>
+    <t>2023-10-30</t>
+  </si>
+  <si>
+    <t>382.44</t>
+  </si>
+  <si>
+    <t>325.79</t>
+  </si>
+  <si>
+    <t>2023-11-21</t>
+  </si>
+  <si>
+    <t>411.7</t>
+  </si>
+  <si>
+    <t>356.68</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>443.04</t>
+  </si>
+  <si>
+    <t>377.24</t>
+  </si>
+  <si>
+    <t>2024-01-04</t>
+  </si>
+  <si>
+    <t>456.2</t>
+  </si>
+  <si>
+    <t>394.81</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>471.47</t>
+  </si>
+  <si>
+    <t>396.61</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>480.21</t>
+  </si>
+  <si>
+    <t>416.81</t>
+  </si>
+  <si>
+    <t>2024-03-11</t>
+  </si>
+  <si>
+    <t>454.98</t>
+  </si>
+  <si>
+    <t>396.29</t>
+  </si>
+  <si>
+    <t>2024-04-03</t>
+  </si>
+  <si>
+    <t>473.52</t>
+  </si>
+  <si>
+    <t>415.58</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>484.13</t>
+  </si>
+  <si>
+    <t>437.07</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>491.96</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>503.26</t>
+  </si>
+  <si>
+    <t>452.26</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>514.9</t>
+  </si>
+  <si>
+    <t>481.2</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>527.22</t>
+  </si>
+  <si>
+    <t>480.61</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>524.79</t>
+  </si>
+  <si>
+    <t>474.53</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>547.57</t>
+  </si>
+  <si>
+    <t>496.13</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>553.21</t>
+  </si>
+  <si>
+    <t>495.26</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>539.19</t>
+  </si>
+  <si>
+    <t>483.81</t>
+  </si>
+  <si>
+    <t>2024-11-12</t>
+  </si>
+  <si>
+    <t>539.56</t>
+  </si>
+  <si>
+    <t>463.07</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>583.63</t>
+  </si>
+  <si>
+    <t>497.61</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>567.96</t>
+  </si>
+  <si>
+    <t>482.74</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>554.52</t>
+  </si>
+  <si>
+    <t>454.85</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>532.13</t>
+  </si>
+  <si>
+    <t>439.01</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>459.52</t>
+  </si>
+  <si>
+    <t>378.36</t>
+  </si>
+  <si>
+    <t>2025-03-24</t>
+  </si>
+  <si>
+    <t>501.09</t>
+  </si>
+  <si>
+    <t>421.17</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>514.09</t>
+  </si>
+  <si>
+    <t>422.37</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>523.49</t>
+  </si>
+  <si>
+    <t>431.56</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>556.35</t>
+  </si>
+  <si>
+    <t>465.75</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>560.11</t>
+  </si>
+  <si>
+    <t>471.55</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>574.15</t>
+  </si>
+  <si>
+    <t>487.87</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>554.23</t>
+  </si>
+  <si>
+    <t>460.55</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>560.43</t>
+  </si>
+  <si>
+    <t>451.67</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>604.97</t>
+  </si>
+  <si>
+    <t>474.18</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>601.03</t>
+  </si>
+  <si>
+    <t>463.3</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>607.11</t>
+  </si>
+  <si>
+    <t>476.5</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>594.97</t>
+  </si>
+  <si>
+    <t>456.35</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>605.51</t>
+  </si>
+  <si>
+    <t>444.38</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>605.3</t>
+  </si>
+  <si>
+    <t>462.22</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>580.92</t>
+  </si>
+  <si>
+    <t>434.44</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>581.82</t>
+  </si>
+  <si>
+    <t>438.08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1575,772 +1590,800 @@
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>137</v>
+        <v>77</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="D98" s="0" t="s">
+      <c r="B99" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>