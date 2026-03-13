--- v4 (2026-02-20)
+++ v5 (2026-03-13)
@@ -4,996 +4,1008 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="303">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-31</t>
-[...875 lines deleted...]
-    <t>438.08</t>
+    <t>2020-03-24</t>
+  </si>
+  <si>
+    <t>87.52</t>
+  </si>
+  <si>
+    <t>85.96</t>
+  </si>
+  <si>
+    <t>2020-04-20</t>
+  </si>
+  <si>
+    <t>112.57</t>
+  </si>
+  <si>
+    <t>105.68</t>
+  </si>
+  <si>
+    <t>2020-05-12</t>
+  </si>
+  <si>
+    <t>107.46</t>
+  </si>
+  <si>
+    <t>99.84</t>
+  </si>
+  <si>
+    <t>2020-06-03</t>
+  </si>
+  <si>
+    <t>114.94</t>
+  </si>
+  <si>
+    <t>110.11</t>
+  </si>
+  <si>
+    <t>2020-06-24</t>
+  </si>
+  <si>
+    <t>124.26</t>
+  </si>
+  <si>
+    <t>120.21</t>
+  </si>
+  <si>
+    <t>2020-07-15</t>
+  </si>
+  <si>
+    <t>130.27</t>
+  </si>
+  <si>
+    <t>123.4</t>
+  </si>
+  <si>
+    <t>2020-08-05</t>
+  </si>
+  <si>
+    <t>133.02</t>
+  </si>
+  <si>
+    <t>133.57</t>
+  </si>
+  <si>
+    <t>2020-08-26</t>
+  </si>
+  <si>
+    <t>152.25</t>
+  </si>
+  <si>
+    <t>150.48</t>
+  </si>
+  <si>
+    <t>2020-09-16</t>
+  </si>
+  <si>
+    <t>147.96</t>
+  </si>
+  <si>
+    <t>155.67</t>
+  </si>
+  <si>
+    <t>2020-10-08</t>
+  </si>
+  <si>
+    <t>140.49</t>
+  </si>
+  <si>
+    <t>151.61</t>
+  </si>
+  <si>
+    <t>2020-10-29</t>
+  </si>
+  <si>
+    <t>140.04</t>
+  </si>
+  <si>
+    <t>150.29</t>
+  </si>
+  <si>
+    <t>2020-11-20</t>
+  </si>
+  <si>
+    <t>152.44</t>
+  </si>
+  <si>
+    <t>159.12</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>170.17</t>
+  </si>
+  <si>
+    <t>177.07</t>
+  </si>
+  <si>
+    <t>2021-01-05</t>
+  </si>
+  <si>
+    <t>179.33</t>
+  </si>
+  <si>
+    <t>187.94</t>
+  </si>
+  <si>
+    <t>2021-01-27</t>
+  </si>
+  <si>
+    <t>175.14</t>
+  </si>
+  <si>
+    <t>187.18</t>
+  </si>
+  <si>
+    <t>2021-02-17</t>
+  </si>
+  <si>
+    <t>187.06</t>
+  </si>
+  <si>
+    <t>205.33</t>
+  </si>
+  <si>
+    <t>2021-03-10</t>
+  </si>
+  <si>
+    <t>206.1</t>
+  </si>
+  <si>
+    <t>217.22</t>
+  </si>
+  <si>
+    <t>2021-04-05</t>
+  </si>
+  <si>
+    <t>200.75</t>
+  </si>
+  <si>
+    <t>210.08</t>
+  </si>
+  <si>
+    <t>2021-04-28</t>
+  </si>
+  <si>
+    <t>212.17</t>
+  </si>
+  <si>
+    <t>219.89</t>
+  </si>
+  <si>
+    <t>2021-05-20</t>
+  </si>
+  <si>
+    <t>226.96</t>
+  </si>
+  <si>
+    <t>232.6</t>
+  </si>
+  <si>
+    <t>2021-06-10</t>
+  </si>
+  <si>
+    <t>249.36</t>
+  </si>
+  <si>
+    <t>249.61</t>
+  </si>
+  <si>
+    <t>2021-07-01</t>
+  </si>
+  <si>
+    <t>253.22</t>
+  </si>
+  <si>
+    <t>252.19</t>
+  </si>
+  <si>
+    <t>2021-07-23</t>
+  </si>
+  <si>
+    <t>262.68</t>
+  </si>
+  <si>
+    <t>267.86</t>
+  </si>
+  <si>
+    <t>2021-08-13</t>
+  </si>
+  <si>
+    <t>260.75</t>
+  </si>
+  <si>
+    <t>262.54</t>
+  </si>
+  <si>
+    <t>2021-09-06</t>
+  </si>
+  <si>
+    <t>257.27</t>
+  </si>
+  <si>
+    <t>271.8</t>
+  </si>
+  <si>
+    <t>2021-09-28</t>
+  </si>
+  <si>
+    <t>272.47</t>
+  </si>
+  <si>
+    <t>277.08</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>280.18</t>
+  </si>
+  <si>
+    <t>288.32</t>
+  </si>
+  <si>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>279.32</t>
+  </si>
+  <si>
+    <t>287.7</t>
+  </si>
+  <si>
+    <t>2021-12-06</t>
+  </si>
+  <si>
+    <t>268.66</t>
+  </si>
+  <si>
+    <t>275.64</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>270.58</t>
+  </si>
+  <si>
+    <t>279.82</t>
+  </si>
+  <si>
+    <t>2022-01-17</t>
+  </si>
+  <si>
+    <t>291.56</t>
+  </si>
+  <si>
+    <t>308.36</t>
+  </si>
+  <si>
+    <t>2022-02-08</t>
+  </si>
+  <si>
+    <t>288.04</t>
+  </si>
+  <si>
+    <t>279.45</t>
+  </si>
+  <si>
+    <t>2022-03-02</t>
+  </si>
+  <si>
+    <t>261.42</t>
+  </si>
+  <si>
+    <t>254.65</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>278.44</t>
+  </si>
+  <si>
+    <t>266.54</t>
+  </si>
+  <si>
+    <t>2022-04-18</t>
+  </si>
+  <si>
+    <t>302.48</t>
+  </si>
+  <si>
+    <t>272.92</t>
+  </si>
+  <si>
+    <t>2022-05-10</t>
+  </si>
+  <si>
+    <t>270.98</t>
+  </si>
+  <si>
+    <t>235.42</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>279.03</t>
+  </si>
+  <si>
+    <t>237.01</t>
+  </si>
+  <si>
+    <t>2022-06-21</t>
+  </si>
+  <si>
+    <t>257.34</t>
+  </si>
+  <si>
+    <t>212.48</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>274.33</t>
+  </si>
+  <si>
+    <t>225.87</t>
+  </si>
+  <si>
+    <t>2022-08-02</t>
+  </si>
+  <si>
+    <t>287.65</t>
+  </si>
+  <si>
+    <t>242.01</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>288.56</t>
+  </si>
+  <si>
+    <t>245.28</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>297.59</t>
+  </si>
+  <si>
+    <t>252.67</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>288.06</t>
+  </si>
+  <si>
+    <t>248.16</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>291.95</t>
+  </si>
+  <si>
+    <t>249.56</t>
+  </si>
+  <si>
+    <t>2022-11-24</t>
+  </si>
+  <si>
+    <t>302.24</t>
+  </si>
+  <si>
+    <t>250.71</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>315.12</t>
+  </si>
+  <si>
+    <t>259.47</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>309.06</t>
+  </si>
+  <si>
+    <t>250.57</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>293.84</t>
+  </si>
+  <si>
+    <t>237.89</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>299.92</t>
+  </si>
+  <si>
+    <t>242.39</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>293.7</t>
+  </si>
+  <si>
+    <t>234.7</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>291.75</t>
+  </si>
+  <si>
+    <t>234.91</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>307.15</t>
+  </si>
+  <si>
+    <t>248.96</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>315.92</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>324.54</t>
+  </si>
+  <si>
+    <t>271.12</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>342.7</t>
+  </si>
+  <si>
+    <t>283.05</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>354.48</t>
+  </si>
+  <si>
+    <t>297.51</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>365.48</t>
+  </si>
+  <si>
+    <t>301.87</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>388.79</t>
+  </si>
+  <si>
+    <t>326.23</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>377.97</t>
+  </si>
+  <si>
+    <t>324.91</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>393.83</t>
+  </si>
+  <si>
+    <t>332.73</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>396.26</t>
+  </si>
+  <si>
+    <t>350.3</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>431.07</t>
+  </si>
+  <si>
+    <t>373.41</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>446.48</t>
+  </si>
+  <si>
+    <t>387.39</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>473.7</t>
+  </si>
+  <si>
+    <t>394.33</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>482.84</t>
+  </si>
+  <si>
+    <t>418.75</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>471.44</t>
+  </si>
+  <si>
+    <t>413.33</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>447.12</t>
+  </si>
+  <si>
+    <t>389.12</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>469.3</t>
+  </si>
+  <si>
+    <t>418.77</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>470.94</t>
+  </si>
+  <si>
+    <t>412.79</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>456.7</t>
+  </si>
+  <si>
+    <t>403.89</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>506.52</t>
+  </si>
+  <si>
+    <t>470.7</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>522.14</t>
+  </si>
+  <si>
+    <t>484.63</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>533.8</t>
+  </si>
+  <si>
+    <t>471.2</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>546.93</t>
+  </si>
+  <si>
+    <t>496.93</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>553.72</t>
+  </si>
+  <si>
+    <t>497.58</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>553.33</t>
+  </si>
+  <si>
+    <t>491.36</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>542.47</t>
+  </si>
+  <si>
+    <t>476.25</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>567.88</t>
+  </si>
+  <si>
+    <t>476.46</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>590.11</t>
+  </si>
+  <si>
+    <t>492.45</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>552.21</t>
+  </si>
+  <si>
+    <t>454.17</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>532.07</t>
+  </si>
+  <si>
+    <t>435.25</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>405.32</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>471.42</t>
+  </si>
+  <si>
+    <t>385.26</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>492.05</t>
+  </si>
+  <si>
+    <t>396.09</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>513.96</t>
+  </si>
+  <si>
+    <t>427.51</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>553.98</t>
+  </si>
+  <si>
+    <t>455.77</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>571.23</t>
+  </si>
+  <si>
+    <t>477.43</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>576.24</t>
+  </si>
+  <si>
+    <t>487.75</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>560.42</t>
+  </si>
+  <si>
+    <t>464.96</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>566.06</t>
+  </si>
+  <si>
+    <t>461.08</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>584.18</t>
+  </si>
+  <si>
+    <t>460.06</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>596.4</t>
+  </si>
+  <si>
+    <t>457.01</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>602.48</t>
+  </si>
+  <si>
+    <t>473.66</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>609.22</t>
+  </si>
+  <si>
+    <t>467.27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>599.85</t>
+  </si>
+  <si>
+    <t>443.88</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>455.93</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>574.52</t>
+  </si>
+  <si>
+    <t>429.25</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>604.2</t>
+  </si>
+  <si>
+    <t>446.41</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>568.73</t>
+  </si>
+  <si>
+    <t>424.65</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D100"/>
+  <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1590,800 +1602,814 @@
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>77</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D100" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>