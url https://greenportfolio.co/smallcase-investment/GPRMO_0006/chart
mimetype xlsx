--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -4,774 +4,783 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-31</t>
-[...245 lines deleted...]
-    <t>163.34</t>
+    <t>2021-05-27</t>
+  </si>
+  <si>
+    <t>99.29</t>
+  </si>
+  <si>
+    <t>101.62</t>
+  </si>
+  <si>
+    <t>2021-06-17</t>
+  </si>
+  <si>
+    <t>113.84</t>
+  </si>
+  <si>
+    <t>105.31</t>
+  </si>
+  <si>
+    <t>2021-07-08</t>
+  </si>
+  <si>
+    <t>119.59</t>
+  </si>
+  <si>
+    <t>108.73</t>
+  </si>
+  <si>
+    <t>2021-07-30</t>
+  </si>
+  <si>
+    <t>137.46</t>
+  </si>
+  <si>
+    <t>114.72</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>105.41</t>
+  </si>
+  <si>
+    <t>2021-09-14</t>
+  </si>
+  <si>
+    <t>135.49</t>
+  </si>
+  <si>
+    <t>117.49</t>
+  </si>
+  <si>
+    <t>2021-10-05</t>
+  </si>
+  <si>
+    <t>141.27</t>
+  </si>
+  <si>
+    <t>121.3</t>
+  </si>
+  <si>
+    <t>2021-10-27</t>
+  </si>
+  <si>
+    <t>138.16</t>
+  </si>
+  <si>
+    <t>120.16</t>
+  </si>
+  <si>
+    <t>2021-11-22</t>
+  </si>
+  <si>
+    <t>136.32</t>
+  </si>
+  <si>
+    <t>117.03</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>147.47</t>
+  </si>
+  <si>
+    <t>122.53</t>
+  </si>
+  <si>
+    <t>2022-01-03</t>
+  </si>
+  <si>
+    <t>148.71</t>
+  </si>
+  <si>
+    <t>124.49</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>149.93</t>
+  </si>
+  <si>
+    <t>118.52</t>
+  </si>
+  <si>
+    <t>2022-02-15</t>
+  </si>
+  <si>
+    <t>145.7</t>
+  </si>
+  <si>
+    <t>114.21</t>
+  </si>
+  <si>
+    <t>2022-03-09</t>
+  </si>
+  <si>
+    <t>137.69</t>
+  </si>
+  <si>
+    <t>108.24</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
+    <t>142.37</t>
+  </si>
+  <si>
+    <t>113.79</t>
+  </si>
+  <si>
+    <t>2022-04-25</t>
+  </si>
+  <si>
+    <t>159.24</t>
+  </si>
+  <si>
+    <t>112.11</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>142.26</t>
+  </si>
+  <si>
+    <t>100.24</t>
+  </si>
+  <si>
+    <t>2022-06-07</t>
+  </si>
+  <si>
+    <t>140.81</t>
+  </si>
+  <si>
+    <t>98.8</t>
+  </si>
+  <si>
+    <t>2022-06-28</t>
+  </si>
+  <si>
+    <t>141.39</t>
+  </si>
+  <si>
+    <t>93.03</t>
+  </si>
+  <si>
+    <t>2022-07-19</t>
+  </si>
+  <si>
+    <t>151.49</t>
+  </si>
+  <si>
+    <t>97.62</t>
+  </si>
+  <si>
+    <t>2022-08-10</t>
+  </si>
+  <si>
+    <t>154.1</t>
+  </si>
+  <si>
+    <t>101.58</t>
+  </si>
+  <si>
+    <t>2022-09-02</t>
+  </si>
+  <si>
+    <t>167.04</t>
+  </si>
+  <si>
+    <t>104.85</t>
+  </si>
+  <si>
+    <t>2022-09-23</t>
+  </si>
+  <si>
+    <t>165.23</t>
+  </si>
+  <si>
+    <t>104.55</t>
+  </si>
+  <si>
+    <t>2022-10-17</t>
+  </si>
+  <si>
+    <t>158.48</t>
+  </si>
+  <si>
+    <t>104.24</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>157.48</t>
   </si>
   <si>
     <t>105.42</t>
   </si>
   <si>
-    <t>2023-02-07</t>
-[...401 lines deleted...]
-    <t>197.36</t>
+    <t>2022-12-01</t>
+  </si>
+  <si>
+    <t>161.51</t>
+  </si>
+  <si>
+    <t>109.24</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>152.58</t>
+  </si>
+  <si>
+    <t>105.08</t>
+  </si>
+  <si>
+    <t>2023-01-12</t>
+  </si>
+  <si>
+    <t>163.58</t>
+  </si>
+  <si>
+    <t>105.19</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>151.92</t>
+  </si>
+  <si>
+    <t>102.66</t>
+  </si>
+  <si>
+    <t>2023-02-24</t>
+  </si>
+  <si>
+    <t>153.52</t>
+  </si>
+  <si>
+    <t>100.54</t>
+  </si>
+  <si>
+    <t>2023-03-20</t>
+  </si>
+  <si>
+    <t>148.23</t>
+  </si>
+  <si>
+    <t>98.19</t>
+  </si>
+  <si>
+    <t>2023-04-13</t>
+  </si>
+  <si>
+    <t>162.74</t>
+  </si>
+  <si>
+    <t>101.8</t>
+  </si>
+  <si>
+    <t>2023-05-08</t>
+  </si>
+  <si>
+    <t>184.09</t>
+  </si>
+  <si>
+    <t>107.07</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>190.23</t>
+  </si>
+  <si>
+    <t>109.47</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>206.22</t>
+  </si>
+  <si>
+    <t>117.42</t>
+  </si>
+  <si>
+    <t>2023-07-11</t>
+  </si>
+  <si>
+    <t>211.4</t>
+  </si>
+  <si>
+    <t>122.05</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>217.2</t>
+  </si>
+  <si>
+    <t>128.47</t>
+  </si>
+  <si>
+    <t>2023-08-23</t>
+  </si>
+  <si>
+    <t>227.49</t>
+  </si>
+  <si>
+    <t>130.4</t>
+  </si>
+  <si>
+    <t>2023-09-13</t>
+  </si>
+  <si>
+    <t>230.08</t>
+  </si>
+  <si>
+    <t>137.12</t>
+  </si>
+  <si>
+    <t>2023-10-06</t>
+  </si>
+  <si>
+    <t>237.64</t>
+  </si>
+  <si>
+    <t>139.96</t>
+  </si>
+  <si>
+    <t>2023-10-30</t>
+  </si>
+  <si>
+    <t>232.71</t>
+  </si>
+  <si>
+    <t>138.01</t>
+  </si>
+  <si>
+    <t>2023-11-21</t>
+  </si>
+  <si>
+    <t>245.75</t>
+  </si>
+  <si>
+    <t>151.09</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>256.36</t>
+  </si>
+  <si>
+    <t>159.8</t>
+  </si>
+  <si>
+    <t>2024-01-04</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>167.24</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>272.73</t>
+  </si>
+  <si>
+    <t>168.01</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>269.04</t>
+  </si>
+  <si>
+    <t>176.56</t>
+  </si>
+  <si>
+    <t>2024-03-11</t>
+  </si>
+  <si>
+    <t>252.57</t>
+  </si>
+  <si>
+    <t>167.87</t>
+  </si>
+  <si>
+    <t>2024-04-03</t>
+  </si>
+  <si>
+    <t>257.61</t>
+  </si>
+  <si>
+    <t>176.04</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>270.22</t>
+  </si>
+  <si>
+    <t>185.15</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>283.94</t>
+  </si>
+  <si>
+    <t>184.69</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>290.01</t>
+  </si>
+  <si>
+    <t>191.58</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>311.67</t>
+  </si>
+  <si>
+    <t>203.84</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>312.65</t>
+  </si>
+  <si>
+    <t>203.59</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>315.05</t>
+  </si>
+  <si>
+    <t>201.02</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>335.95</t>
+  </si>
+  <si>
+    <t>210.17</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>335.01</t>
+  </si>
+  <si>
+    <t>209.79</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>315.79</t>
+  </si>
+  <si>
+    <t>204.95</t>
+  </si>
+  <si>
+    <t>2024-11-12</t>
+  </si>
+  <si>
+    <t>299.87</t>
+  </si>
+  <si>
+    <t>196.16</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>330.34</t>
+  </si>
+  <si>
+    <t>210.79</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>326.83</t>
+  </si>
+  <si>
+    <t>204.49</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>310.63</t>
+  </si>
+  <si>
+    <t>192.68</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>301.64</t>
+  </si>
+  <si>
+    <t>185.97</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>247.53</t>
+  </si>
+  <si>
+    <t>160.28</t>
+  </si>
+  <si>
+    <t>2025-03-24</t>
+  </si>
+  <si>
+    <t>270.99</t>
+  </si>
+  <si>
+    <t>178.41</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>268.93</t>
+  </si>
+  <si>
+    <t>178.92</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>265.1</t>
+  </si>
+  <si>
+    <t>182.81</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>291.56</t>
+  </si>
+  <si>
+    <t>197.29</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>292.25</t>
+  </si>
+  <si>
+    <t>199.75</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>301.6</t>
+  </si>
+  <si>
+    <t>206.66</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>288.04</t>
+  </si>
+  <si>
+    <t>195.09</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>281.23</t>
+  </si>
+  <si>
+    <t>191.33</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>287.54</t>
+  </si>
+  <si>
+    <t>200.87</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>277.73</t>
+  </si>
+  <si>
+    <t>196.26</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>284.8</t>
+  </si>
+  <si>
+    <t>201.85</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1777,41 +1786,55 @@
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>