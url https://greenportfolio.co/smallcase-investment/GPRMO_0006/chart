--- v1 (2025-11-04)
+++ v2 (2025-11-28)
@@ -4,783 +4,792 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-27</t>
-[...218 lines deleted...]
-    <t>157.48</t>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>98.67</t>
+  </si>
+  <si>
+    <t>101.04</t>
+  </si>
+  <si>
+    <t>2021-06-21</t>
+  </si>
+  <si>
+    <t>113.1</t>
+  </si>
+  <si>
+    <t>105.06</t>
+  </si>
+  <si>
+    <t>2021-07-12</t>
+  </si>
+  <si>
+    <t>124.24</t>
+  </si>
+  <si>
+    <t>109.97</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>141.45</t>
+  </si>
+  <si>
+    <t>115.48</t>
+  </si>
+  <si>
+    <t>2021-08-25</t>
+  </si>
+  <si>
+    <t>124.94</t>
+  </si>
+  <si>
+    <t>108.37</t>
+  </si>
+  <si>
+    <t>2021-09-16</t>
+  </si>
+  <si>
+    <t>136.03</t>
+  </si>
+  <si>
+    <t>118.48</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>140.62</t>
+  </si>
+  <si>
+    <t>121.76</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>132.45</t>
+  </si>
+  <si>
+    <t>117.39</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>143.18</t>
+  </si>
+  <si>
+    <t>120.01</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>149.12</t>
+  </si>
+  <si>
+    <t>122.32</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>149.87</t>
+  </si>
+  <si>
+    <t>124.58</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>152.56</t>
+  </si>
+  <si>
+    <t>118.72</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>146.41</t>
+  </si>
+  <si>
+    <t>113.85</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>140.8</t>
+  </si>
+  <si>
+    <t>110.76</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>151.72</t>
+  </si>
+  <si>
+    <t>117.57</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>158.15</t>
+  </si>
+  <si>
+    <t>112.73</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>138.4</t>
+  </si>
+  <si>
+    <t>97.17</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>142.96</t>
+  </si>
+  <si>
+    <t>98.72</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>139.46</t>
+  </si>
+  <si>
+    <t>92.08</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>154.54</t>
+  </si>
+  <si>
+    <t>99.16</t>
+  </si>
+  <si>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>154.76</t>
+  </si>
+  <si>
+    <t>102.72</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>167.07</t>
+  </si>
+  <si>
+    <t>106.41</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>158.78</t>
+  </si>
+  <si>
+    <t>101.24</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>159.48</t>
+  </si>
+  <si>
+    <t>105.28</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>158.25</t>
+  </si>
+  <si>
+    <t>106.33</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>164.68</t>
+  </si>
+  <si>
+    <t>110.37</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>152.2</t>
+  </si>
+  <si>
+    <t>103.93</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>163.34</t>
   </si>
   <si>
     <t>105.42</t>
   </si>
   <si>
-    <t>2022-12-01</t>
-[...422 lines deleted...]
-    <t>2025-10-09</t>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>154.91</t>
+  </si>
+  <si>
+    <t>102.48</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>149.79</t>
+  </si>
+  <si>
+    <t>99.82</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>149.95</t>
+  </si>
+  <si>
+    <t>99.37</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>168.36</t>
+  </si>
+  <si>
+    <t>102.44</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>184.24</t>
+  </si>
+  <si>
+    <t>107.17</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>189.94</t>
+  </si>
+  <si>
+    <t>110.84</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>207.95</t>
+  </si>
+  <si>
+    <t>118.1</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>209.71</t>
+  </si>
+  <si>
+    <t>121.74</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>218.49</t>
+  </si>
+  <si>
+    <t>126.58</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
+  </si>
+  <si>
+    <t>225.93</t>
+  </si>
+  <si>
+    <t>129.41</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>234.06</t>
+  </si>
+  <si>
+    <t>139.49</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>235.99</t>
+  </si>
+  <si>
+    <t>139.12</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>230.13</t>
+  </si>
+  <si>
+    <t>137.82</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>246.32</t>
+  </si>
+  <si>
+    <t>150.3</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>257.39</t>
+  </si>
+  <si>
+    <t>162.3</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>261.99</t>
+  </si>
+  <si>
+    <t>167.28</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>278.13</t>
+  </si>
+  <si>
+    <t>170.89</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>275.91</t>
+  </si>
+  <si>
+    <t>176.33</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>228.21</t>
+  </si>
+  <si>
+    <t>155.86</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>263.75</t>
+  </si>
+  <si>
+    <t>178.32</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>271.56</t>
+  </si>
+  <si>
+    <t>185.48</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>282.7</t>
+  </si>
+  <si>
+    <t>184.39</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>293.03</t>
+  </si>
+  <si>
+    <t>195.25</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>317.54</t>
+  </si>
+  <si>
+    <t>206.5</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>315.86</t>
+  </si>
+  <si>
+    <t>207.63</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>322.11</t>
+  </si>
+  <si>
+    <t>205.41</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>337.32</t>
+  </si>
+  <si>
+    <t>210.62</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>335.45</t>
+  </si>
+  <si>
+    <t>210.77</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>304.42</t>
+  </si>
+  <si>
+    <t>199.37</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>294.79</t>
+  </si>
+  <si>
+    <t>191.9</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>335.99</t>
+  </si>
+  <si>
+    <t>212.92</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>328.23</t>
+  </si>
+  <si>
+    <t>204.64</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>308.77</t>
+  </si>
+  <si>
+    <t>190.33</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>181.52</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>246.11</t>
+  </si>
+  <si>
+    <t>160.96</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>260.31</t>
+  </si>
+  <si>
+    <t>173.76</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>270.97</t>
+  </si>
+  <si>
+    <t>184.22</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>277.38</t>
+  </si>
+  <si>
+    <t>186.96</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>289.99</t>
+  </si>
+  <si>
+    <t>199.06</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>298.71</t>
+  </si>
+  <si>
+    <t>204.19</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>308.13</t>
+  </si>
+  <si>
+    <t>208.68</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>286.39</t>
+  </si>
+  <si>
+    <t>192.57</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>275.99</t>
+  </si>
+  <si>
+    <t>187.82</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>291.79</t>
+  </si>
+  <si>
+    <t>201.75</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>278.36</t>
+  </si>
+  <si>
+    <t>197.36</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>276.59</t>
+  </si>
+  <si>
+    <t>197.4</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
   </si>
   <si>
     <t>277.73</t>
   </si>
   <si>
-    <t>196.26</t>
-[...8 lines deleted...]
-    <t>201.85</t>
+    <t>194.91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D76"/>
+  <dimension ref="A1:D77"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1800,41 +1809,55 @@
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>