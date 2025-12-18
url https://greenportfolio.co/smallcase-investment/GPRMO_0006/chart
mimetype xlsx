--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -4,792 +4,798 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-31</t>
-[...89 lines deleted...]
-    <t>2022-01-05</t>
+    <t>2021-05-28</t>
+  </si>
+  <si>
+    <t>98.09</t>
+  </si>
+  <si>
+    <t>100.9</t>
+  </si>
+  <si>
+    <t>2021-06-18</t>
+  </si>
+  <si>
+    <t>112.28</t>
+  </si>
+  <si>
+    <t>104.38</t>
+  </si>
+  <si>
+    <t>2021-07-09</t>
+  </si>
+  <si>
+    <t>120.15</t>
+  </si>
+  <si>
+    <t>109.32</t>
+  </si>
+  <si>
+    <t>2021-08-02</t>
+  </si>
+  <si>
+    <t>140.3</t>
+  </si>
+  <si>
+    <t>115.76</t>
+  </si>
+  <si>
+    <t>2021-08-24</t>
+  </si>
+  <si>
+    <t>123.83</t>
+  </si>
+  <si>
+    <t>107.52</t>
+  </si>
+  <si>
+    <t>2021-09-15</t>
+  </si>
+  <si>
+    <t>137.41</t>
+  </si>
+  <si>
+    <t>118.25</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>139.69</t>
+  </si>
+  <si>
+    <t>120.29</t>
+  </si>
+  <si>
+    <t>2021-10-28</t>
+  </si>
+  <si>
+    <t>134.77</t>
+  </si>
+  <si>
+    <t>117.94</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>141.82</t>
+  </si>
+  <si>
+    <t>119.26</t>
+  </si>
+  <si>
+    <t>2021-12-14</t>
+  </si>
+  <si>
+    <t>147.41</t>
+  </si>
+  <si>
+    <t>122.8</t>
+  </si>
+  <si>
+    <t>2022-01-04</t>
   </si>
   <si>
     <t>149.87</t>
   </si>
   <si>
-    <t>124.58</t>
-[...575 lines deleted...]
-    <t>194.91</t>
+    <t>124.89</t>
+  </si>
+  <si>
+    <t>2022-01-25</t>
+  </si>
+  <si>
+    <t>152.72</t>
+  </si>
+  <si>
+    <t>119.59</t>
+  </si>
+  <si>
+    <t>2022-02-16</t>
+  </si>
+  <si>
+    <t>146.92</t>
+  </si>
+  <si>
+    <t>115.04</t>
+  </si>
+  <si>
+    <t>2022-03-10</t>
+  </si>
+  <si>
+    <t>139.75</t>
+  </si>
+  <si>
+    <t>109.75</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>148.57</t>
+  </si>
+  <si>
+    <t>115.69</t>
+  </si>
+  <si>
+    <t>2022-04-26</t>
+  </si>
+  <si>
+    <t>159.09</t>
+  </si>
+  <si>
+    <t>113.42</t>
+  </si>
+  <si>
+    <t>2022-05-18</t>
+  </si>
+  <si>
+    <t>142.72</t>
+  </si>
+  <si>
+    <t>99.85</t>
+  </si>
+  <si>
+    <t>2022-06-08</t>
+  </si>
+  <si>
+    <t>140.49</t>
+  </si>
+  <si>
+    <t>98.51</t>
+  </si>
+  <si>
+    <t>2022-06-29</t>
+  </si>
+  <si>
+    <t>140.47</t>
+  </si>
+  <si>
+    <t>92.5</t>
+  </si>
+  <si>
+    <t>2022-07-20</t>
+  </si>
+  <si>
+    <t>152.51</t>
+  </si>
+  <si>
+    <t>98.4</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>152.99</t>
+  </si>
+  <si>
+    <t>102.47</t>
+  </si>
+  <si>
+    <t>2022-09-05</t>
+  </si>
+  <si>
+    <t>168.2</t>
+  </si>
+  <si>
+    <t>106.1</t>
+  </si>
+  <si>
+    <t>2022-09-26</t>
+  </si>
+  <si>
+    <t>158.19</t>
+  </si>
+  <si>
+    <t>100.99</t>
+  </si>
+  <si>
+    <t>2022-10-18</t>
+  </si>
+  <si>
+    <t>158.73</t>
+  </si>
+  <si>
+    <t>105.03</t>
+  </si>
+  <si>
+    <t>2022-11-11</t>
+  </si>
+  <si>
+    <t>159.19</t>
+  </si>
+  <si>
+    <t>105.82</t>
+  </si>
+  <si>
+    <t>2022-12-02</t>
+  </si>
+  <si>
+    <t>162.27</t>
+  </si>
+  <si>
+    <t>109.9</t>
+  </si>
+  <si>
+    <t>2022-12-23</t>
+  </si>
+  <si>
+    <t>146.64</t>
+  </si>
+  <si>
+    <t>100.12</t>
+  </si>
+  <si>
+    <t>2023-01-13</t>
+  </si>
+  <si>
+    <t>163.22</t>
+  </si>
+  <si>
+    <t>105.49</t>
+  </si>
+  <si>
+    <t>2023-02-06</t>
+  </si>
+  <si>
+    <t>154.03</t>
+  </si>
+  <si>
+    <t>103.21</t>
+  </si>
+  <si>
+    <t>2023-02-27</t>
+  </si>
+  <si>
+    <t>149.58</t>
+  </si>
+  <si>
+    <t>99.42</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>149.5</t>
+  </si>
+  <si>
+    <t>98.84</t>
+  </si>
+  <si>
+    <t>2023-04-17</t>
+  </si>
+  <si>
+    <t>166.96</t>
+  </si>
+  <si>
+    <t>102.14</t>
+  </si>
+  <si>
+    <t>2023-05-09</t>
+  </si>
+  <si>
+    <t>182.9</t>
+  </si>
+  <si>
+    <t>107.02</t>
+  </si>
+  <si>
+    <t>2023-05-30</t>
+  </si>
+  <si>
+    <t>188.41</t>
+  </si>
+  <si>
+    <t>109.71</t>
+  </si>
+  <si>
+    <t>2023-06-20</t>
+  </si>
+  <si>
+    <t>208.61</t>
+  </si>
+  <si>
+    <t>118.02</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>211.9</t>
+  </si>
+  <si>
+    <t>122.97</t>
+  </si>
+  <si>
+    <t>2023-08-02</t>
+  </si>
+  <si>
+    <t>215.09</t>
+  </si>
+  <si>
+    <t>126.43</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>227.74</t>
+  </si>
+  <si>
+    <t>129.94</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>235.03</t>
+  </si>
+  <si>
+    <t>138.92</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>231.5</t>
+  </si>
+  <si>
+    <t>137.47</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>231.9</t>
+  </si>
+  <si>
+    <t>137.92</t>
+  </si>
+  <si>
+    <t>2023-11-22</t>
+  </si>
+  <si>
+    <t>246.68</t>
+  </si>
+  <si>
+    <t>149.26</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>256.35</t>
+  </si>
+  <si>
+    <t>161.16</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>262.61</t>
+  </si>
+  <si>
+    <t>168.33</t>
+  </si>
+  <si>
+    <t>2024-01-29</t>
+  </si>
+  <si>
+    <t>273.24</t>
+  </si>
+  <si>
+    <t>170.51</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>272.25</t>
+  </si>
+  <si>
+    <t>177.26</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>244.16</t>
+  </si>
+  <si>
+    <t>164.55</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>259.77</t>
+  </si>
+  <si>
+    <t>176.84</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>269.82</t>
+  </si>
+  <si>
+    <t>185.54</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>284.19</t>
+  </si>
+  <si>
+    <t>184.05</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>290.5</t>
+  </si>
+  <si>
+    <t>193.94</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>314.11</t>
+  </si>
+  <si>
+    <t>204.94</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>314.67</t>
+  </si>
+  <si>
+    <t>205.56</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>319.58</t>
+  </si>
+  <si>
+    <t>204.46</t>
+  </si>
+  <si>
+    <t>2024-09-09</t>
+  </si>
+  <si>
+    <t>335.52</t>
+  </si>
+  <si>
+    <t>208.22</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>331.19</t>
+  </si>
+  <si>
+    <t>209.11</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>196.92</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>291.31</t>
+  </si>
+  <si>
+    <t>190.35</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>334.13</t>
+  </si>
+  <si>
+    <t>212.52</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>323.44</t>
+  </si>
+  <si>
+    <t>203.23</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>317.16</t>
+  </si>
+  <si>
+    <t>194.78</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>298.43</t>
+  </si>
+  <si>
+    <t>185.42</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>241.6</t>
+  </si>
+  <si>
+    <t>159.85</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>263.87</t>
+  </si>
+  <si>
+    <t>175.63</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>269.58</t>
+  </si>
+  <si>
+    <t>182.88</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>275.39</t>
+  </si>
+  <si>
+    <t>184.3</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>289.89</t>
+  </si>
+  <si>
+    <t>197.5</t>
+  </si>
+  <si>
+    <t>2025-06-24</t>
+  </si>
+  <si>
+    <t>294.33</t>
+  </si>
+  <si>
+    <t>201.19</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>306.22</t>
+  </si>
+  <si>
+    <t>208.63</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>285.62</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>277.8</t>
+  </si>
+  <si>
+    <t>188.56</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>288.76</t>
+  </si>
+  <si>
+    <t>201.45</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>281.96</t>
+  </si>
+  <si>
+    <t>197.71</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>283.06</t>
+  </si>
+  <si>
+    <t>200.19</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>276.7</t>
+  </si>
+  <si>
+    <t>195.95</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>258.89</t>
+  </si>
+  <si>
+    <t>186.86</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1750,114 +1756,128 @@
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>215</v>
+        <v>188</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="D77" s="0" t="s">
+      <c r="B78" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>