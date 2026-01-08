--- v3 (2025-12-18)
+++ v4 (2026-01-08)
@@ -4,798 +4,810 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-28</t>
-[...101 lines deleted...]
-    <t>152.72</t>
+    <t>2021-05-27</t>
+  </si>
+  <si>
+    <t>99.29</t>
+  </si>
+  <si>
+    <t>101.62</t>
+  </si>
+  <si>
+    <t>2021-06-17</t>
+  </si>
+  <si>
+    <t>113.84</t>
+  </si>
+  <si>
+    <t>105.31</t>
+  </si>
+  <si>
+    <t>2021-07-08</t>
   </si>
   <si>
     <t>119.59</t>
   </si>
   <si>
-    <t>2022-02-16</t>
-[...569 lines deleted...]
-    <t>186.86</t>
+    <t>108.73</t>
+  </si>
+  <si>
+    <t>2021-07-30</t>
+  </si>
+  <si>
+    <t>137.46</t>
+  </si>
+  <si>
+    <t>114.72</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>105.41</t>
+  </si>
+  <si>
+    <t>2021-09-14</t>
+  </si>
+  <si>
+    <t>135.49</t>
+  </si>
+  <si>
+    <t>117.49</t>
+  </si>
+  <si>
+    <t>2021-10-05</t>
+  </si>
+  <si>
+    <t>141.27</t>
+  </si>
+  <si>
+    <t>121.3</t>
+  </si>
+  <si>
+    <t>2021-10-27</t>
+  </si>
+  <si>
+    <t>138.16</t>
+  </si>
+  <si>
+    <t>120.16</t>
+  </si>
+  <si>
+    <t>2021-11-22</t>
+  </si>
+  <si>
+    <t>136.32</t>
+  </si>
+  <si>
+    <t>117.03</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>147.47</t>
+  </si>
+  <si>
+    <t>122.53</t>
+  </si>
+  <si>
+    <t>2022-01-03</t>
+  </si>
+  <si>
+    <t>148.71</t>
+  </si>
+  <si>
+    <t>124.49</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>149.93</t>
+  </si>
+  <si>
+    <t>118.52</t>
+  </si>
+  <si>
+    <t>2022-02-15</t>
+  </si>
+  <si>
+    <t>145.7</t>
+  </si>
+  <si>
+    <t>114.21</t>
+  </si>
+  <si>
+    <t>2022-03-09</t>
+  </si>
+  <si>
+    <t>137.69</t>
+  </si>
+  <si>
+    <t>108.24</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
+    <t>142.37</t>
+  </si>
+  <si>
+    <t>113.79</t>
+  </si>
+  <si>
+    <t>2022-04-25</t>
+  </si>
+  <si>
+    <t>159.24</t>
+  </si>
+  <si>
+    <t>112.11</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>142.26</t>
+  </si>
+  <si>
+    <t>100.24</t>
+  </si>
+  <si>
+    <t>2022-06-07</t>
+  </si>
+  <si>
+    <t>140.81</t>
+  </si>
+  <si>
+    <t>98.8</t>
+  </si>
+  <si>
+    <t>2022-06-28</t>
+  </si>
+  <si>
+    <t>141.39</t>
+  </si>
+  <si>
+    <t>93.03</t>
+  </si>
+  <si>
+    <t>2022-07-19</t>
+  </si>
+  <si>
+    <t>151.49</t>
+  </si>
+  <si>
+    <t>97.62</t>
+  </si>
+  <si>
+    <t>2022-08-10</t>
+  </si>
+  <si>
+    <t>154.1</t>
+  </si>
+  <si>
+    <t>101.58</t>
+  </si>
+  <si>
+    <t>2022-09-02</t>
+  </si>
+  <si>
+    <t>167.04</t>
+  </si>
+  <si>
+    <t>104.85</t>
+  </si>
+  <si>
+    <t>2022-09-23</t>
+  </si>
+  <si>
+    <t>165.23</t>
+  </si>
+  <si>
+    <t>104.55</t>
+  </si>
+  <si>
+    <t>2022-10-17</t>
+  </si>
+  <si>
+    <t>158.48</t>
+  </si>
+  <si>
+    <t>104.24</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>157.48</t>
+  </si>
+  <si>
+    <t>105.42</t>
+  </si>
+  <si>
+    <t>2022-12-01</t>
+  </si>
+  <si>
+    <t>161.51</t>
+  </si>
+  <si>
+    <t>109.24</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>152.58</t>
+  </si>
+  <si>
+    <t>105.08</t>
+  </si>
+  <si>
+    <t>2023-01-12</t>
+  </si>
+  <si>
+    <t>163.58</t>
+  </si>
+  <si>
+    <t>105.19</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>151.92</t>
+  </si>
+  <si>
+    <t>102.66</t>
+  </si>
+  <si>
+    <t>2023-02-24</t>
+  </si>
+  <si>
+    <t>153.52</t>
+  </si>
+  <si>
+    <t>100.54</t>
+  </si>
+  <si>
+    <t>2023-03-20</t>
+  </si>
+  <si>
+    <t>148.23</t>
+  </si>
+  <si>
+    <t>98.19</t>
+  </si>
+  <si>
+    <t>2023-04-13</t>
+  </si>
+  <si>
+    <t>162.74</t>
+  </si>
+  <si>
+    <t>101.8</t>
+  </si>
+  <si>
+    <t>2023-05-08</t>
+  </si>
+  <si>
+    <t>184.09</t>
+  </si>
+  <si>
+    <t>107.07</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>190.23</t>
+  </si>
+  <si>
+    <t>109.47</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>206.22</t>
+  </si>
+  <si>
+    <t>117.42</t>
+  </si>
+  <si>
+    <t>2023-07-11</t>
+  </si>
+  <si>
+    <t>211.4</t>
+  </si>
+  <si>
+    <t>122.05</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>217.2</t>
+  </si>
+  <si>
+    <t>128.47</t>
+  </si>
+  <si>
+    <t>2023-08-23</t>
+  </si>
+  <si>
+    <t>227.49</t>
+  </si>
+  <si>
+    <t>130.4</t>
+  </si>
+  <si>
+    <t>2023-09-13</t>
+  </si>
+  <si>
+    <t>230.08</t>
+  </si>
+  <si>
+    <t>137.12</t>
+  </si>
+  <si>
+    <t>2023-10-06</t>
+  </si>
+  <si>
+    <t>237.64</t>
+  </si>
+  <si>
+    <t>139.96</t>
+  </si>
+  <si>
+    <t>2023-10-30</t>
+  </si>
+  <si>
+    <t>232.71</t>
+  </si>
+  <si>
+    <t>138.01</t>
+  </si>
+  <si>
+    <t>2023-11-21</t>
+  </si>
+  <si>
+    <t>245.75</t>
+  </si>
+  <si>
+    <t>151.09</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>256.36</t>
+  </si>
+  <si>
+    <t>159.8</t>
+  </si>
+  <si>
+    <t>2024-01-04</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>167.24</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>272.73</t>
+  </si>
+  <si>
+    <t>168.01</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>269.04</t>
+  </si>
+  <si>
+    <t>176.56</t>
+  </si>
+  <si>
+    <t>2024-03-11</t>
+  </si>
+  <si>
+    <t>252.57</t>
+  </si>
+  <si>
+    <t>167.87</t>
+  </si>
+  <si>
+    <t>2024-04-03</t>
+  </si>
+  <si>
+    <t>257.61</t>
+  </si>
+  <si>
+    <t>176.04</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>270.22</t>
+  </si>
+  <si>
+    <t>185.15</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>283.94</t>
+  </si>
+  <si>
+    <t>184.69</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>290.01</t>
+  </si>
+  <si>
+    <t>191.58</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>311.67</t>
+  </si>
+  <si>
+    <t>203.84</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>312.65</t>
+  </si>
+  <si>
+    <t>203.59</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>315.05</t>
+  </si>
+  <si>
+    <t>201.02</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>335.95</t>
+  </si>
+  <si>
+    <t>210.17</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>335.01</t>
+  </si>
+  <si>
+    <t>209.79</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>315.79</t>
+  </si>
+  <si>
+    <t>204.95</t>
+  </si>
+  <si>
+    <t>2024-11-12</t>
+  </si>
+  <si>
+    <t>299.87</t>
+  </si>
+  <si>
+    <t>196.16</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>330.34</t>
+  </si>
+  <si>
+    <t>210.79</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>326.83</t>
+  </si>
+  <si>
+    <t>204.49</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>310.63</t>
+  </si>
+  <si>
+    <t>192.68</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>301.64</t>
+  </si>
+  <si>
+    <t>185.97</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>247.53</t>
+  </si>
+  <si>
+    <t>160.28</t>
+  </si>
+  <si>
+    <t>2025-03-24</t>
+  </si>
+  <si>
+    <t>270.99</t>
+  </si>
+  <si>
+    <t>178.41</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>268.93</t>
+  </si>
+  <si>
+    <t>178.92</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>265.1</t>
+  </si>
+  <si>
+    <t>182.81</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>291.56</t>
+  </si>
+  <si>
+    <t>197.29</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>292.25</t>
+  </si>
+  <si>
+    <t>199.75</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>301.6</t>
+  </si>
+  <si>
+    <t>206.66</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>288.04</t>
+  </si>
+  <si>
+    <t>195.09</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>281.23</t>
+  </si>
+  <si>
+    <t>191.33</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>287.54</t>
+  </si>
+  <si>
+    <t>200.87</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>277.73</t>
+  </si>
+  <si>
+    <t>196.26</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>284.8</t>
+  </si>
+  <si>
+    <t>201.85</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>274.41</t>
+  </si>
+  <si>
+    <t>193.31</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>260.41</t>
+  </si>
+  <si>
+    <t>188.24</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>269.31</t>
+  </si>
+  <si>
+    <t>195.8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D78"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1756,128 +1768,142 @@
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>188</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>