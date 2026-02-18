--- v4 (2026-01-08)
+++ v5 (2026-02-18)
@@ -4,810 +4,819 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="240">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-27</t>
-[...689 lines deleted...]
-    <t>195.8</t>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>114.59</t>
+  </si>
+  <si>
+    <t>106.42</t>
+  </si>
+  <si>
+    <t>2021-07-06</t>
+  </si>
+  <si>
+    <t>118.73</t>
+  </si>
+  <si>
+    <t>108.1</t>
+  </si>
+  <si>
+    <t>2021-07-28</t>
+  </si>
+  <si>
+    <t>134.44</t>
+  </si>
+  <si>
+    <t>113.18</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>109.78</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>131.43</t>
+  </si>
+  <si>
+    <t>116.53</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>135.53</t>
+  </si>
+  <si>
+    <t>118.89</t>
+  </si>
+  <si>
+    <t>2021-10-25</t>
+  </si>
+  <si>
+    <t>132.91</t>
+  </si>
+  <si>
+    <t>116.84</t>
+  </si>
+  <si>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>144.67</t>
+  </si>
+  <si>
+    <t>122.32</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>145.87</t>
+  </si>
+  <si>
+    <t>121.69</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>145.56</t>
+  </si>
+  <si>
+    <t>121.37</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>162.33</t>
+  </si>
+  <si>
+    <t>127.39</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>150.56</t>
+  </si>
+  <si>
+    <t>116.59</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>131.16</t>
+  </si>
+  <si>
+    <t>104.15</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>141.01</t>
+  </si>
+  <si>
+    <t>111.91</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>163.31</t>
+  </si>
+  <si>
+    <t>115.26</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>136.69</t>
+  </si>
+  <si>
+    <t>95.91</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>139.87</t>
+  </si>
+  <si>
+    <t>100.42</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>136.02</t>
+  </si>
+  <si>
+    <t>91.48</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>146.71</t>
+  </si>
+  <si>
+    <t>95.12</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>152.68</t>
+  </si>
+  <si>
+    <t>101.59</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>164.61</t>
+  </si>
+  <si>
+    <t>104.91</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>167.09</t>
+  </si>
+  <si>
+    <t>106.1</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>159.91</t>
+  </si>
+  <si>
+    <t>103.65</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>159.01</t>
+  </si>
+  <si>
+    <t>107.24</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>158.72</t>
+  </si>
+  <si>
+    <t>108.11</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>162.22</t>
+  </si>
+  <si>
+    <t>109.25</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>162.45</t>
+  </si>
+  <si>
+    <t>105.24</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>155.14</t>
+  </si>
+  <si>
+    <t>102.41</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>153.79</t>
+  </si>
+  <si>
+    <t>100.8</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>148.61</t>
+  </si>
+  <si>
+    <t>98.48</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>160.98</t>
+  </si>
+  <si>
+    <t>100.98</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>180.5</t>
+  </si>
+  <si>
+    <t>106.96</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>187.39</t>
+  </si>
+  <si>
+    <t>108.57</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>202.57</t>
+  </si>
+  <si>
+    <t>115.97</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>211.56</t>
+  </si>
+  <si>
+    <t>121.23</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>213.21</t>
+  </si>
+  <si>
+    <t>126.48</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>222.64</t>
+  </si>
+  <si>
+    <t>128.18</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>240.71</t>
+  </si>
+  <si>
+    <t>141.54</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>233.13</t>
+  </si>
+  <si>
+    <t>137.99</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>228.44</t>
+  </si>
+  <si>
+    <t>135.09</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>241.02</t>
+  </si>
+  <si>
+    <t>151.35</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>256.77</t>
+  </si>
+  <si>
+    <t>158.37</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>258.68</t>
+  </si>
+  <si>
+    <t>165.61</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>264.23</t>
+  </si>
+  <si>
+    <t>164.34</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>264.99</t>
+  </si>
+  <si>
+    <t>173.31</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>259.21</t>
+  </si>
+  <si>
+    <t>169.83</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>248.28</t>
+  </si>
+  <si>
+    <t>171.92</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>267.94</t>
+  </si>
+  <si>
+    <t>182.59</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>279.26</t>
+  </si>
+  <si>
+    <t>180.95</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>278.92</t>
+  </si>
+  <si>
+    <t>187.7</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>308.08</t>
+  </si>
+  <si>
+    <t>202.73</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>306.1</t>
+  </si>
+  <si>
+    <t>200.62</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>317.01</t>
+  </si>
+  <si>
+    <t>198.47</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>334.32</t>
+  </si>
+  <si>
+    <t>210.67</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>341.59</t>
+  </si>
+  <si>
+    <t>211.06</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>322.58</t>
+  </si>
+  <si>
+    <t>207.87</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>311.91</t>
+  </si>
+  <si>
+    <t>201.11</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>324.12</t>
+  </si>
+  <si>
+    <t>207.19</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>330.66</t>
+  </si>
+  <si>
+    <t>204.24</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>304.4</t>
+  </si>
+  <si>
+    <t>189.21</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>294.77</t>
+  </si>
+  <si>
+    <t>183.15</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>260.54</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>264.15</t>
+  </si>
+  <si>
+    <t>172.9</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>263.11</t>
+  </si>
+  <si>
+    <t>176.4</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>251.23</t>
+  </si>
+  <si>
+    <t>176.45</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>294.71</t>
+  </si>
+  <si>
+    <t>195.05</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>288.19</t>
+  </si>
+  <si>
+    <t>196.4</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>302.85</t>
+  </si>
+  <si>
+    <t>206.68</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>293.52</t>
+  </si>
+  <si>
+    <t>195.89</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>287.15</t>
+  </si>
+  <si>
+    <t>195.37</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>282.75</t>
+  </si>
+  <si>
+    <t>197.64</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>276.83</t>
+  </si>
+  <si>
+    <t>196.07</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>285.74</t>
+  </si>
+  <si>
+    <t>201.37</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>274.69</t>
+  </si>
+  <si>
+    <t>194.59</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>264.1</t>
+  </si>
+  <si>
+    <t>189.6</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>267.51</t>
+  </si>
+  <si>
+    <t>195.45</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>249.98</t>
+  </si>
+  <si>
+    <t>183.07</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>186.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1869,41 +1878,55 @@
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>