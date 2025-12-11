--- v0 (2025-11-19)
+++ v1 (2025-12-11)
@@ -4,717 +4,729 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-12</t>
-[...98 lines deleted...]
-    <t>2022-07-12</t>
+    <t>2021-11-15</t>
+  </si>
+  <si>
+    <t>102.45</t>
+  </si>
+  <si>
+    <t>103.55</t>
+  </si>
+  <si>
+    <t>2021-12-07</t>
+  </si>
+  <si>
+    <t>103.39</t>
+  </si>
+  <si>
+    <t>100.55</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>104.13</t>
+  </si>
+  <si>
+    <t>102.54</t>
+  </si>
+  <si>
+    <t>2022-01-18</t>
+  </si>
+  <si>
+    <t>108.54</t>
+  </si>
+  <si>
+    <t>108.55</t>
+  </si>
+  <si>
+    <t>2022-02-09</t>
+  </si>
+  <si>
+    <t>102.78</t>
+  </si>
+  <si>
+    <t>101.26</t>
+  </si>
+  <si>
+    <t>2022-03-03</t>
+  </si>
+  <si>
+    <t>94.4</t>
+  </si>
+  <si>
+    <t>92.21</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>98.28</t>
+  </si>
+  <si>
+    <t>95.71</t>
+  </si>
+  <si>
+    <t>2022-04-19</t>
+  </si>
+  <si>
+    <t>105.77</t>
+  </si>
+  <si>
+    <t>96.85</t>
+  </si>
+  <si>
+    <t>2022-05-11</t>
+  </si>
+  <si>
+    <t>89.7</t>
+  </si>
+  <si>
+    <t>82.48</t>
+  </si>
+  <si>
+    <t>2022-06-01</t>
+  </si>
+  <si>
+    <t>90.54</t>
+  </si>
+  <si>
+    <t>85.76</t>
+  </si>
+  <si>
+    <t>2022-06-22</t>
+  </si>
+  <si>
+    <t>78.52</t>
+  </si>
+  <si>
+    <t>75.59</t>
+  </si>
+  <si>
+    <t>2022-07-13</t>
+  </si>
+  <si>
+    <t>85.07</t>
+  </si>
+  <si>
+    <t>81.69</t>
+  </si>
+  <si>
+    <t>2022-08-03</t>
+  </si>
+  <si>
+    <t>87.58</t>
+  </si>
+  <si>
+    <t>86.91</t>
+  </si>
+  <si>
+    <t>2022-08-26</t>
+  </si>
+  <si>
+    <t>95.45</t>
+  </si>
+  <si>
+    <t>89.13</t>
+  </si>
+  <si>
+    <t>2022-09-19</t>
+  </si>
+  <si>
+    <t>97.61</t>
+  </si>
+  <si>
+    <t>90.32</t>
+  </si>
+  <si>
+    <t>2022-10-11</t>
+  </si>
+  <si>
+    <t>95.7</t>
+  </si>
+  <si>
+    <t>88.03</t>
+  </si>
+  <si>
+    <t>2022-11-03</t>
+  </si>
+  <si>
+    <t>95.78</t>
+  </si>
+  <si>
+    <t>90.27</t>
+  </si>
+  <si>
+    <t>2022-11-25</t>
+  </si>
+  <si>
+    <t>97.97</t>
+  </si>
+  <si>
+    <t>91.48</t>
+  </si>
+  <si>
+    <t>2022-12-16</t>
+  </si>
+  <si>
+    <t>96.72</t>
+  </si>
+  <si>
+    <t>93.04</t>
+  </si>
+  <si>
+    <t>2023-01-06</t>
+  </si>
+  <si>
+    <t>97.07</t>
+  </si>
+  <si>
+    <t>89.68</t>
+  </si>
+  <si>
+    <t>2023-01-30</t>
+  </si>
+  <si>
+    <t>91.36</t>
   </si>
   <si>
     <t>85.75</t>
   </si>
   <si>
-    <t>81.51</t>
-[...461 lines deleted...]
-    <t>169.67</t>
+    <t>2023-02-20</t>
+  </si>
+  <si>
+    <t>92.42</t>
+  </si>
+  <si>
+    <t>87.17</t>
+  </si>
+  <si>
+    <t>2023-03-14</t>
+  </si>
+  <si>
+    <t>92.19</t>
+  </si>
+  <si>
+    <t>83.99</t>
+  </si>
+  <si>
+    <t>2023-04-06</t>
+  </si>
+  <si>
+    <t>97.4</t>
+  </si>
+  <si>
+    <t>85.43</t>
+  </si>
+  <si>
+    <t>2023-05-02</t>
+  </si>
+  <si>
+    <t>105.56</t>
+  </si>
+  <si>
+    <t>90.45</t>
+  </si>
+  <si>
+    <t>2023-05-23</t>
+  </si>
+  <si>
+    <t>106.33</t>
+  </si>
+  <si>
+    <t>92.4</t>
+  </si>
+  <si>
+    <t>2023-06-13</t>
+  </si>
+  <si>
+    <t>117.37</t>
+  </si>
+  <si>
+    <t>98.52</t>
+  </si>
+  <si>
+    <t>2023-07-05</t>
+  </si>
+  <si>
+    <t>124.57</t>
+  </si>
+  <si>
+    <t>102.89</t>
+  </si>
+  <si>
+    <t>2023-07-26</t>
+  </si>
+  <si>
+    <t>127.95</t>
+  </si>
+  <si>
+    <t>107.54</t>
+  </si>
+  <si>
+    <t>2023-08-17</t>
+  </si>
+  <si>
+    <t>131.78</t>
+  </si>
+  <si>
+    <t>109.09</t>
+  </si>
+  <si>
+    <t>2023-09-07</t>
+  </si>
+  <si>
+    <t>146.39</t>
+  </si>
+  <si>
+    <t>118.27</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>143.78</t>
+  </si>
+  <si>
+    <t>118.41</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>140.99</t>
+  </si>
+  <si>
+    <t>115.76</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>146.76</t>
+  </si>
+  <si>
+    <t>128.07</t>
+  </si>
+  <si>
+    <t>2023-12-07</t>
+  </si>
+  <si>
+    <t>153.68</t>
+  </si>
+  <si>
+    <t>135.25</t>
+  </si>
+  <si>
+    <t>2023-12-29</t>
+  </si>
+  <si>
+    <t>155.08</t>
+  </si>
+  <si>
+    <t>140.65</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>162.93</t>
+  </si>
+  <si>
+    <t>143.84</t>
+  </si>
+  <si>
+    <t>2024-02-12</t>
+  </si>
+  <si>
+    <t>159.23</t>
+  </si>
+  <si>
+    <t>145.05</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>165.62</t>
+  </si>
+  <si>
+    <t>149.41</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>147.19</t>
+  </si>
+  <si>
+    <t>141.77</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>155.1</t>
+  </si>
+  <si>
+    <t>153.1</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>161.08</t>
+  </si>
+  <si>
+    <t>151.98</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>158.38</t>
+  </si>
+  <si>
+    <t>151.29</t>
+  </si>
+  <si>
+    <t>2024-06-27</t>
+  </si>
+  <si>
+    <t>169.07</t>
+  </si>
+  <si>
+    <t>168.71</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>179.15</t>
+  </si>
+  <si>
+    <t>170.87</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>182.25</t>
+  </si>
+  <si>
+    <t>170.99</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>182.95</t>
+  </si>
+  <si>
+    <t>178.74</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>185.06</t>
+  </si>
+  <si>
+    <t>181.57</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>185.89</t>
+  </si>
+  <si>
+    <t>179.27</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>186.45</t>
+  </si>
+  <si>
+    <t>175.6</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>185.79</t>
+  </si>
+  <si>
+    <t>173.23</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>180.08</t>
+  </si>
+  <si>
+    <t>173.81</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>162.63</t>
+  </si>
+  <si>
+    <t>157.17</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>168.7</t>
+  </si>
+  <si>
+    <t>157.7</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>156.37</t>
+  </si>
+  <si>
+    <t>145.23</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>151.49</t>
+  </si>
+  <si>
+    <t>142.8</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>150.25</t>
+  </si>
+  <si>
+    <t>141.7</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>158.83</t>
+  </si>
+  <si>
+    <t>150.42</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>169.24</t>
+  </si>
+  <si>
+    <t>164.63</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>167.56</t>
+  </si>
+  <si>
+    <t>171.08</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>169.01</t>
+  </si>
+  <si>
+    <t>175.49</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>168.57</t>
+  </si>
+  <si>
+    <t>169.52</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>169.62</t>
+  </si>
+  <si>
+    <t>166.89</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>171.54</t>
   </si>
   <si>
     <t>166.02</t>
   </si>
   <si>
-    <t>2025-10-01</t>
-[...23 lines deleted...]
-    <t>168.62</t>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>167.34</t>
+  </si>
+  <si>
+    <t>166.05</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>168.03</t>
+  </si>
+  <si>
+    <t>170.97</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>164.45</t>
+  </si>
+  <si>
+    <t>167.89</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>159.43</t>
+  </si>
+  <si>
+    <t>158.73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1563,114 +1575,128 @@
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>