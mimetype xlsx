--- v1 (2025-12-11)
+++ v2 (2026-01-18)
@@ -4,729 +4,747 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-15</t>
-[...608 lines deleted...]
-    <t>158.73</t>
+    <t>2021-11-08</t>
+  </si>
+  <si>
+    <t>103.23</t>
+  </si>
+  <si>
+    <t>103.64</t>
+  </si>
+  <si>
+    <t>2021-11-30</t>
+  </si>
+  <si>
+    <t>98.95</t>
+  </si>
+  <si>
+    <t>99.02</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>101.03</t>
+  </si>
+  <si>
+    <t>97.91</t>
+  </si>
+  <si>
+    <t>2022-01-11</t>
+  </si>
+  <si>
+    <t>107.98</t>
+  </si>
+  <si>
+    <t>108.17</t>
+  </si>
+  <si>
+    <t>2022-02-02</t>
+  </si>
+  <si>
+    <t>106.99</t>
+  </si>
+  <si>
+    <t>105.32</t>
+  </si>
+  <si>
+    <t>2022-02-23</t>
+  </si>
+  <si>
+    <t>93.81</t>
+  </si>
+  <si>
+    <t>92.48</t>
+  </si>
+  <si>
+    <t>2022-03-17</t>
+  </si>
+  <si>
+    <t>99.29</t>
+  </si>
+  <si>
+    <t>95.47</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>107.51</t>
+  </si>
+  <si>
+    <t>101.2</t>
+  </si>
+  <si>
+    <t>2022-05-04</t>
+  </si>
+  <si>
+    <t>99.75</t>
+  </si>
+  <si>
+    <t>91.78</t>
+  </si>
+  <si>
+    <t>2022-05-25</t>
+  </si>
+  <si>
+    <t>87.73</t>
+  </si>
+  <si>
+    <t>80.24</t>
+  </si>
+  <si>
+    <t>2022-06-15</t>
+  </si>
+  <si>
+    <t>83.89</t>
+  </si>
+  <si>
+    <t>79.95</t>
+  </si>
+  <si>
+    <t>2022-07-06</t>
+  </si>
+  <si>
+    <t>82.44</t>
+  </si>
+  <si>
+    <t>79.58</t>
+  </si>
+  <si>
+    <t>2022-07-27</t>
+  </si>
+  <si>
+    <t>86.56</t>
+  </si>
+  <si>
+    <t>83.05</t>
+  </si>
+  <si>
+    <t>2022-08-19</t>
+  </si>
+  <si>
+    <t>92.9</t>
+  </si>
+  <si>
+    <t>87.84</t>
+  </si>
+  <si>
+    <t>2022-09-12</t>
+  </si>
+  <si>
+    <t>100.08</t>
+  </si>
+  <si>
+    <t>93.51</t>
+  </si>
+  <si>
+    <t>2022-10-03</t>
+  </si>
+  <si>
+    <t>92.94</t>
+  </si>
+  <si>
+    <t>87.11</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>96.67</t>
+  </si>
+  <si>
+    <t>90.75</t>
+  </si>
+  <si>
+    <t>2022-11-18</t>
+  </si>
+  <si>
+    <t>97.25</t>
+  </si>
+  <si>
+    <t>89.29</t>
+  </si>
+  <si>
+    <t>2022-12-09</t>
+  </si>
+  <si>
+    <t>98.57</t>
+  </si>
+  <si>
+    <t>92.6</t>
+  </si>
+  <si>
+    <t>2022-12-30</t>
+  </si>
+  <si>
+    <t>94.51</t>
+  </si>
+  <si>
+    <t>90.38</t>
+  </si>
+  <si>
+    <t>2023-01-20</t>
+  </si>
+  <si>
+    <t>94.52</t>
+  </si>
+  <si>
+    <t>88.88</t>
+  </si>
+  <si>
+    <t>2023-02-13</t>
+  </si>
+  <si>
+    <t>92.71</t>
+  </si>
+  <si>
+    <t>87.19</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>94.07</t>
+  </si>
+  <si>
+    <t>87.7</t>
+  </si>
+  <si>
+    <t>2023-03-28</t>
+  </si>
+  <si>
+    <t>90.3</t>
+  </si>
+  <si>
+    <t>80.82</t>
+  </si>
+  <si>
+    <t>2023-04-24</t>
+  </si>
+  <si>
+    <t>102.84</t>
+  </si>
+  <si>
+    <t>87.54</t>
+  </si>
+  <si>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>107.76</t>
+  </si>
+  <si>
+    <t>91.81</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>115.05</t>
+  </si>
+  <si>
+    <t>96.73</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>122.49</t>
+  </si>
+  <si>
+    <t>99.88</t>
+  </si>
+  <si>
+    <t>2023-07-19</t>
+  </si>
+  <si>
+    <t>129.59</t>
+  </si>
+  <si>
+    <t>105.93</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>129.83</t>
+  </si>
+  <si>
+    <t>109.83</t>
+  </si>
+  <si>
+    <t>2023-08-31</t>
+  </si>
+  <si>
+    <t>142.72</t>
+  </si>
+  <si>
+    <t>113.72</t>
+  </si>
+  <si>
+    <t>2023-09-22</t>
+  </si>
+  <si>
+    <t>143.02</t>
+  </si>
+  <si>
+    <t>115.88</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>149.14</t>
+  </si>
+  <si>
+    <t>120.2</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
+  </si>
+  <si>
+    <t>143.7</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>148.66</t>
+  </si>
+  <si>
+    <t>131.62</t>
+  </si>
+  <si>
+    <t>2023-12-21</t>
+  </si>
+  <si>
+    <t>151.77</t>
+  </si>
+  <si>
+    <t>136.42</t>
+  </si>
+  <si>
+    <t>2024-01-12</t>
+  </si>
+  <si>
+    <t>165.75</t>
+  </si>
+  <si>
+    <t>144.38</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>166.79</t>
+  </si>
+  <si>
+    <t>151.57</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>168.69</t>
+  </si>
+  <si>
+    <t>149.84</t>
+  </si>
+  <si>
+    <t>2024-03-19</t>
+  </si>
+  <si>
+    <t>147.51</t>
+  </si>
+  <si>
+    <t>135.48</t>
+  </si>
+  <si>
+    <t>2024-04-12</t>
+  </si>
+  <si>
+    <t>155.36</t>
+  </si>
+  <si>
+    <t>153.21</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>157.52</t>
+  </si>
+  <si>
+    <t>152.01</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>162.68</t>
+  </si>
+  <si>
+    <t>156.83</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>173.7</t>
+  </si>
+  <si>
+    <t>169.65</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>179.21</t>
+  </si>
+  <si>
+    <t>175.72</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>183.6</t>
+  </si>
+  <si>
+    <t>174.62</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>185.02</t>
+  </si>
+  <si>
+    <t>177.7</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>184.14</t>
+  </si>
+  <si>
+    <t>181.46</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>181.68</t>
+  </si>
+  <si>
+    <t>172.92</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>178.19</t>
+  </si>
+  <si>
+    <t>169.03</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>174.13</t>
+  </si>
+  <si>
+    <t>164.91</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>184.08</t>
+  </si>
+  <si>
+    <t>180.25</t>
+  </si>
+  <si>
+    <t>2025-01-06</t>
+  </si>
+  <si>
+    <t>174.52</t>
+  </si>
+  <si>
+    <t>171.13</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>161.17</t>
+  </si>
+  <si>
+    <t>151.43</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>156.12</t>
+  </si>
+  <si>
+    <t>143.1</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>153.04</t>
+  </si>
+  <si>
+    <t>141.16</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>155.61</t>
+  </si>
+  <si>
+    <t>150.11</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>160.8</t>
+  </si>
+  <si>
+    <t>154.89</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>164.93</t>
+  </si>
+  <si>
+    <t>162.38</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>172.2</t>
+  </si>
+  <si>
+    <t>175.54</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>170.46</t>
+  </si>
+  <si>
+    <t>176.98</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>171.17</t>
+  </si>
+  <si>
+    <t>175.48</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>164.23</t>
+  </si>
+  <si>
+    <t>162.52</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>167.36</t>
+  </si>
+  <si>
+    <t>163.67</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>168.52</t>
+  </si>
+  <si>
+    <t>166.87</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>165.96</t>
+  </si>
+  <si>
+    <t>168.32</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>166.1</t>
+  </si>
+  <si>
+    <t>169.51</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>163.1</t>
+  </si>
+  <si>
+    <t>163.92</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>166.16</t>
+  </si>
+  <si>
+    <t>164.47</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>160.36</t>
+  </si>
+  <si>
+    <t>161.26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1662,41 +1680,69 @@
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>