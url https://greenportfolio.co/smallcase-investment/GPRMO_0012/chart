--- v2 (2026-01-18)
+++ v3 (2026-02-07)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="219">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-11-08</t>
   </si>
   <si>
     <t>103.23</t>
   </si>
   <si>
@@ -652,99 +652,108 @@
     <t>2025-12-03</t>
   </si>
   <si>
     <t>163.1</t>
   </si>
   <si>
     <t>163.92</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>166.16</t>
   </si>
   <si>
     <t>164.47</t>
   </si>
   <si>
     <t>2026-01-16</t>
   </si>
   <si>
     <t>160.36</t>
   </si>
   <si>
     <t>161.26</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>158.92</t>
+  </si>
+  <si>
+    <t>157.32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D72"/>
+  <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1708,41 +1717,55 @@
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>