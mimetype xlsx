--- v3 (2026-02-07)
+++ v4 (2026-03-14)
@@ -4,756 +4,762 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-08</t>
-[...416 lines deleted...]
-    <t>185.02</t>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>102.67</t>
+  </si>
+  <si>
+    <t>103.82</t>
+  </si>
+  <si>
+    <t>2021-12-06</t>
+  </si>
+  <si>
+    <t>101.75</t>
+  </si>
+  <si>
+    <t>99.47</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>103.48</t>
+  </si>
+  <si>
+    <t>100.97</t>
+  </si>
+  <si>
+    <t>2022-01-17</t>
+  </si>
+  <si>
+    <t>110.75</t>
+  </si>
+  <si>
+    <t>111.27</t>
+  </si>
+  <si>
+    <t>2022-02-08</t>
+  </si>
+  <si>
+    <t>102.43</t>
+  </si>
+  <si>
+    <t>100.84</t>
+  </si>
+  <si>
+    <t>2022-03-02</t>
+  </si>
+  <si>
+    <t>94.12</t>
+  </si>
+  <si>
+    <t>91.89</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>98.86</t>
+  </si>
+  <si>
+    <t>96.18</t>
+  </si>
+  <si>
+    <t>2022-04-18</t>
+  </si>
+  <si>
+    <t>106.75</t>
+  </si>
+  <si>
+    <t>98.48</t>
+  </si>
+  <si>
+    <t>2022-05-10</t>
+  </si>
+  <si>
+    <t>91.93</t>
+  </si>
+  <si>
+    <t>84.95</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>90.89</t>
+  </si>
+  <si>
+    <t>85.53</t>
+  </si>
+  <si>
+    <t>2022-06-21</t>
+  </si>
+  <si>
+    <t>79.5</t>
+  </si>
+  <si>
+    <t>76.68</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>85.75</t>
+  </si>
+  <si>
+    <t>81.51</t>
+  </si>
+  <si>
+    <t>2022-08-02</t>
+  </si>
+  <si>
+    <t>88.55</t>
+  </si>
+  <si>
+    <t>87.33</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>95.56</t>
+  </si>
+  <si>
+    <t>88.51</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>97.26</t>
+  </si>
+  <si>
+    <t>91.18</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>97.47</t>
+  </si>
+  <si>
+    <t>89.55</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>96.36</t>
+  </si>
+  <si>
+    <t>90.06</t>
+  </si>
+  <si>
+    <t>2022-11-24</t>
+  </si>
+  <si>
+    <t>96.79</t>
+  </si>
+  <si>
+    <t>90.47</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>98.41</t>
+  </si>
+  <si>
+    <t>93.63</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>96.9</t>
+  </si>
+  <si>
+    <t>90.42</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>90.79</t>
+  </si>
+  <si>
+    <t>85.84</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>92.58</t>
+  </si>
+  <si>
+    <t>87.47</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>92.45</t>
+  </si>
+  <si>
+    <t>84.69</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>98.07</t>
+  </si>
+  <si>
+    <t>84.77</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>105.34</t>
+  </si>
+  <si>
+    <t>89.84</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>105.86</t>
+  </si>
+  <si>
+    <t>92.38</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>116.62</t>
+  </si>
+  <si>
+    <t>97.83</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>122.76</t>
+  </si>
+  <si>
+    <t>102.14</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>127.06</t>
+  </si>
+  <si>
+    <t>107.36</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>131.95</t>
+  </si>
+  <si>
+    <t>108.93</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>146.15</t>
+  </si>
+  <si>
+    <t>117.72</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>143.1</t>
+  </si>
+  <si>
+    <t>117.25</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>148.49</t>
+  </si>
+  <si>
+    <t>120.07</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>145.67</t>
+  </si>
+  <si>
+    <t>126.41</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>151.19</t>
+  </si>
+  <si>
+    <t>134.75</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>154.03</t>
+  </si>
+  <si>
+    <t>139.79</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>160.62</t>
+  </si>
+  <si>
+    <t>142.29</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>166.74</t>
+  </si>
+  <si>
+    <t>151.11</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>165.59</t>
+  </si>
+  <si>
+    <t>149.15</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>148.29</t>
+  </si>
+  <si>
+    <t>140.42</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>152.56</t>
+  </si>
+  <si>
+    <t>151.12</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>159.97</t>
+  </si>
+  <si>
+    <t>148.96</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>153.43</t>
+  </si>
+  <si>
+    <t>145.75</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>170.71</t>
+  </si>
+  <si>
+    <t>169.85</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>180.71</t>
+  </si>
+  <si>
+    <t>174.88</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>182.1</t>
+  </si>
+  <si>
+    <t>170.03</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>183.63</t>
+  </si>
+  <si>
+    <t>179.32</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>184.19</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>186.19</t>
+  </si>
+  <si>
+    <t>177.31</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>183.58</t>
+  </si>
+  <si>
+    <t>171.86</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>186.09</t>
+  </si>
+  <si>
+    <t>171.93</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>183.51</t>
   </si>
   <si>
     <t>177.7</t>
   </si>
   <si>
-    <t>2024-09-16</t>
-[...29 lines deleted...]
-    <t>174.13</t>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>170.05</t>
+  </si>
+  <si>
+    <t>163.89</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>167.32</t>
+  </si>
+  <si>
+    <t>157.06</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>156.98</t>
+  </si>
+  <si>
+    <t>146.26</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>148.94</t>
+  </si>
+  <si>
+    <t>139.02</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>151.45</t>
+  </si>
+  <si>
+    <t>142.93</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>163.08</t>
+  </si>
+  <si>
+    <t>154.27</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>167.44</t>
+  </si>
+  <si>
+    <t>164.47</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>169.28</t>
+  </si>
+  <si>
+    <t>172.28</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>169.23</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>167.78</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>167.45</t>
+  </si>
+  <si>
+    <t>166.38</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>169.67</t>
+  </si>
+  <si>
+    <t>166.02</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>167.43</t>
   </si>
   <si>
     <t>164.91</t>
   </si>
   <si>
-    <t>2024-12-13</t>
-[...56 lines deleted...]
-    <t>160.8</t>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>167.25</t>
+  </si>
+  <si>
+    <t>170.92</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>165.08</t>
+  </si>
+  <si>
+    <t>168.62</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>160.69</t>
+  </si>
+  <si>
+    <t>160.17</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>164.74</t>
+  </si>
+  <si>
+    <t>164.52</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>151.41</t>
   </si>
   <si>
     <t>154.89</t>
   </si>
   <si>
-    <t>2025-05-20</t>
-[...113 lines deleted...]
-    <t>157.32</t>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>158.16</t>
+  </si>
+  <si>
+    <t>161.09</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>144.19</t>
+  </si>
+  <si>
+    <t>153.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D73"/>
+  <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1602,170 +1608,184 @@
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="B74" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>