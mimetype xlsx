--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -4,810 +4,813 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="238">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Emerging Global Giants - Global Companies Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-02-18</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-02-22</t>
-[...353 lines deleted...]
-    <t>168.21</t>
+    <t>2021-03-02</t>
+  </si>
+  <si>
+    <t>99.36</t>
+  </si>
+  <si>
+    <t>103.28</t>
+  </si>
+  <si>
+    <t>2021-03-24</t>
+  </si>
+  <si>
+    <t>98.16</t>
+  </si>
+  <si>
+    <t>100.14</t>
+  </si>
+  <si>
+    <t>2021-04-19</t>
+  </si>
+  <si>
+    <t>101.27</t>
+  </si>
+  <si>
+    <t>2021-05-11</t>
+  </si>
+  <si>
+    <t>114.41</t>
+  </si>
+  <si>
+    <t>111.03</t>
+  </si>
+  <si>
+    <t>2021-06-02</t>
+  </si>
+  <si>
+    <t>118.61</t>
+  </si>
+  <si>
+    <t>115.81</t>
+  </si>
+  <si>
+    <t>2021-06-23</t>
+  </si>
+  <si>
+    <t>129.88</t>
+  </si>
+  <si>
+    <t>119.63</t>
+  </si>
+  <si>
+    <t>2021-07-14</t>
+  </si>
+  <si>
+    <t>141.1</t>
+  </si>
+  <si>
+    <t>127.09</t>
+  </si>
+  <si>
+    <t>2021-08-05</t>
+  </si>
+  <si>
+    <t>146.87</t>
+  </si>
+  <si>
+    <t>129.44</t>
+  </si>
+  <si>
+    <t>2021-08-27</t>
+  </si>
+  <si>
+    <t>144.52</t>
+  </si>
+  <si>
+    <t>124.65</t>
+  </si>
+  <si>
+    <t>2021-09-20</t>
+  </si>
+  <si>
+    <t>146.57</t>
+  </si>
+  <si>
+    <t>131.63</t>
+  </si>
+  <si>
+    <t>2021-10-11</t>
+  </si>
+  <si>
+    <t>154.42</t>
+  </si>
+  <si>
+    <t>141.99</t>
+  </si>
+  <si>
+    <t>2021-11-02</t>
+  </si>
+  <si>
+    <t>143.65</t>
+  </si>
+  <si>
+    <t>136.21</t>
+  </si>
+  <si>
+    <t>2021-11-26</t>
+  </si>
+  <si>
+    <t>139.38</t>
+  </si>
+  <si>
+    <t>133.73</t>
+  </si>
+  <si>
+    <t>2021-12-17</t>
+  </si>
+  <si>
+    <t>141.45</t>
+  </si>
+  <si>
+    <t>134.71</t>
+  </si>
+  <si>
+    <t>2022-01-07</t>
+  </si>
+  <si>
+    <t>144.79</t>
+  </si>
+  <si>
+    <t>142.69</t>
+  </si>
+  <si>
+    <t>2022-01-31</t>
+  </si>
+  <si>
+    <t>143.99</t>
+  </si>
+  <si>
+    <t>138.02</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>135.5</t>
+  </si>
+  <si>
+    <t>124.76</t>
+  </si>
+  <si>
+    <t>2022-03-15</t>
+  </si>
+  <si>
+    <t>134.47</t>
+  </si>
+  <si>
+    <t>124.61</t>
+  </si>
+  <si>
+    <t>2022-04-06</t>
+  </si>
+  <si>
+    <t>153.41</t>
+  </si>
+  <si>
+    <t>135.19</t>
+  </si>
+  <si>
+    <t>2022-04-29</t>
+  </si>
+  <si>
+    <t>151.83</t>
+  </si>
+  <si>
+    <t>127.35</t>
+  </si>
+  <si>
+    <t>2022-05-23</t>
+  </si>
+  <si>
+    <t>141.03</t>
+  </si>
+  <si>
+    <t>112.53</t>
+  </si>
+  <si>
+    <t>2022-06-13</t>
+  </si>
+  <si>
+    <t>130.85</t>
+  </si>
+  <si>
+    <t>106.87</t>
+  </si>
+  <si>
+    <t>2022-07-04</t>
+  </si>
+  <si>
+    <t>130.9</t>
+  </si>
+  <si>
+    <t>105.93</t>
+  </si>
+  <si>
+    <t>2022-07-25</t>
   </si>
   <si>
     <t>138.05</t>
   </si>
   <si>
-    <t>2023-07-28</t>
-[...329 lines deleted...]
-    <t>223.28</t>
+    <t>112.68</t>
+  </si>
+  <si>
+    <t>2022-08-17</t>
+  </si>
+  <si>
+    <t>148.34</t>
+  </si>
+  <si>
+    <t>118.67</t>
+  </si>
+  <si>
+    <t>2022-09-08</t>
+  </si>
+  <si>
+    <t>151.2</t>
+  </si>
+  <si>
+    <t>123.29</t>
+  </si>
+  <si>
+    <t>2022-09-29</t>
+  </si>
+  <si>
+    <t>146.68</t>
+  </si>
+  <si>
+    <t>115.39</t>
+  </si>
+  <si>
+    <t>2022-10-21</t>
+  </si>
+  <si>
+    <t>150.39</t>
+  </si>
+  <si>
+    <t>119.86</t>
+  </si>
+  <si>
+    <t>2022-11-16</t>
+  </si>
+  <si>
+    <t>151.62</t>
+  </si>
+  <si>
+    <t>120.39</t>
+  </si>
+  <si>
+    <t>2022-12-07</t>
+  </si>
+  <si>
+    <t>157.27</t>
+  </si>
+  <si>
+    <t>124.75</t>
+  </si>
+  <si>
+    <t>2022-12-28</t>
+  </si>
+  <si>
+    <t>156.54</t>
+  </si>
+  <si>
+    <t>119.68</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>158.42</t>
+  </si>
+  <si>
+    <t>120.07</t>
+  </si>
+  <si>
+    <t>2023-02-09</t>
+  </si>
+  <si>
+    <t>150.57</t>
+  </si>
+  <si>
+    <t>117.64</t>
+  </si>
+  <si>
+    <t>2023-03-02</t>
+  </si>
+  <si>
+    <t>148.39</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>2023-03-24</t>
+  </si>
+  <si>
+    <t>142.57</t>
+  </si>
+  <si>
+    <t>110.8</t>
+  </si>
+  <si>
+    <t>2023-04-20</t>
+  </si>
+  <si>
+    <t>153.17</t>
+  </si>
+  <si>
+    <t>116.72</t>
+  </si>
+  <si>
+    <t>2023-05-12</t>
+  </si>
+  <si>
+    <t>159.05</t>
+  </si>
+  <si>
+    <t>121.77</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>158.19</t>
+  </si>
+  <si>
+    <t>128.15</t>
+  </si>
+  <si>
+    <t>2023-06-23</t>
+  </si>
+  <si>
+    <t>166.1</t>
+  </si>
+  <si>
+    <t>131.91</t>
+  </si>
+  <si>
+    <t>2023-07-17</t>
+  </si>
+  <si>
+    <t>171.08</t>
+  </si>
+  <si>
+    <t>141.84</t>
+  </si>
+  <si>
+    <t>2023-08-07</t>
+  </si>
+  <si>
+    <t>179.47</t>
+  </si>
+  <si>
+    <t>145.57</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>185.32</t>
+  </si>
+  <si>
+    <t>149.26</t>
+  </si>
+  <si>
+    <t>2023-09-20</t>
+  </si>
+  <si>
+    <t>188.23</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>2023-10-12</t>
+  </si>
+  <si>
+    <t>188.3</t>
+  </si>
+  <si>
+    <t>160.8</t>
+  </si>
+  <si>
+    <t>2023-11-03</t>
+  </si>
+  <si>
+    <t>185.15</t>
+  </si>
+  <si>
+    <t>160.97</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>195.82</t>
+  </si>
+  <si>
+    <t>172.19</t>
+  </si>
+  <si>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>208.76</t>
+  </si>
+  <si>
+    <t>185.63</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>211.06</t>
+  </si>
+  <si>
+    <t>191.04</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>225.2</t>
+  </si>
+  <si>
+    <t>200.23</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>233.99</t>
+  </si>
+  <si>
+    <t>200.07</t>
+  </si>
+  <si>
+    <t>2024-03-15</t>
+  </si>
+  <si>
+    <t>219.4</t>
+  </si>
+  <si>
+    <t>184.33</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>230.72</t>
+  </si>
+  <si>
+    <t>204.26</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>233.48</t>
+  </si>
+  <si>
+    <t>210.28</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>243.51</t>
+  </si>
+  <si>
+    <t>211.31</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>257.59</t>
+  </si>
+  <si>
+    <t>226.45</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>260.31</t>
+  </si>
+  <si>
+    <t>235.57</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>264.64</t>
+  </si>
+  <si>
+    <t>237.61</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>264.67</t>
+  </si>
+  <si>
+    <t>237.14</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>265.67</t>
+  </si>
+  <si>
+    <t>240.3</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>260.27</t>
+  </si>
+  <si>
+    <t>232.9</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>248.86</t>
+  </si>
+  <si>
+    <t>221.6</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>251.04</t>
+  </si>
+  <si>
+    <t>219.48</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>255.48</t>
+  </si>
+  <si>
+    <t>244.06</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>254.23</t>
+  </si>
+  <si>
+    <t>236.9</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>240.94</t>
+  </si>
+  <si>
+    <t>215.59</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>228.23</t>
+  </si>
+  <si>
+    <t>199.06</t>
+  </si>
+  <si>
+    <t>2025-03-06</t>
+  </si>
+  <si>
+    <t>225.8</t>
+  </si>
+  <si>
+    <t>191.21</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>227.78</t>
+  </si>
+  <si>
+    <t>199.84</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>240.42</t>
+  </si>
+  <si>
+    <t>210.62</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>242.86</t>
+  </si>
+  <si>
+    <t>218.03</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>252.3</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>253.73</t>
+  </si>
+  <si>
+    <t>235.61</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>272.75</t>
+  </si>
+  <si>
+    <t>235.4</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>266.16</t>
+  </si>
+  <si>
+    <t>216.39</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>272.17</t>
+  </si>
+  <si>
+    <t>218.41</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>270.48</t>
+  </si>
+  <si>
+    <t>225.87</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>260.01</t>
+  </si>
+  <si>
+    <t>224.58</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>256.5</t>
+  </si>
+  <si>
+    <t>225.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -830,1080 +833,1094 @@
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="0" t="s">
-        <v>218</v>
+        <v>159</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="D79" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="B80" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D79" s="0" t="s">
+      <c r="C80" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>